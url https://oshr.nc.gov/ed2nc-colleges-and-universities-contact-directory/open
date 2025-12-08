--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\klopp1\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/kendyl_lopp_nc_gov/Documents/Ed2NC Contact Directory/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DFDCBB04-3FDE-4439-A590-5254AFD034F7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="101" documentId="8_{E1DAC822-44FB-4CBE-8188-E278513114D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{45F063D3-076D-4D48-BE4E-B9398BBA79CA}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7EDE656B-183C-4997-A7F2-B672DC83B6C6}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{7EDE656B-183C-4997-A7F2-B672DC83B6C6}"/>
   </bookViews>
   <sheets>
     <sheet name="Colleges" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Colleges!$A$1:$AC$93</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Colleges!$A$1:$AC$97</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1902" uniqueCount="1246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1947" uniqueCount="1275">
   <si>
     <t>Institution Type</t>
   </si>
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t>Career Center Name</t>
   </si>
   <si>
     <t>Director of Career Services</t>
   </si>
   <si>
     <t>Director of Career Services Contact Title</t>
   </si>
   <si>
     <t>Director of Career Services 
 Contact Email</t>
   </si>
   <si>
     <t>Phone #</t>
   </si>
   <si>
     <t>Main Contact?</t>
   </si>
@@ -420,53 +420,50 @@
   <si>
     <t>tysmith@wcu.edu</t>
   </si>
   <si>
     <t>https://www.wcu.edu/</t>
   </si>
   <si>
     <t>Cullowhee</t>
   </si>
   <si>
     <t>https://wcucareers-csm.symplicity.com/employers/</t>
   </si>
   <si>
     <t xml:space="preserve">https://careers.wcu.edu </t>
   </si>
   <si>
     <t>["Career Fairs","Internship Fairs","Information Sessions","Mock Interviews","Experiential Learning Project","Employer Panels".]</t>
   </si>
   <si>
     <t>University of North Carolina Wilmington</t>
   </si>
   <si>
     <t>Nadirah Pippen</t>
   </si>
   <si>
-    <t>pippenn@uncw.edu</t>
-[...1 lines deleted...]
-  <si>
     <t>910-962-3174</t>
   </si>
   <si>
     <t>Janeè Folston</t>
   </si>
   <si>
     <t>Associate Director for Employer Development</t>
   </si>
   <si>
     <t>folstonj@uncw.edu</t>
   </si>
   <si>
     <t>Ashley Navarra</t>
   </si>
   <si>
     <t>navarraa@uncw.edu</t>
   </si>
   <si>
     <t>https://uncw.edu/</t>
   </si>
   <si>
     <t>Wilmington</t>
   </si>
   <si>
     <t>https://uncw.joinhandshake.com/login</t>
@@ -3798,50 +3795,140 @@
     <t xml:space="preserve">James Anderson </t>
   </si>
   <si>
     <t xml:space="preserve">Career Services And Student Activities Advisor </t>
   </si>
   <si>
     <t>andersenj@coastalcarolina.edu</t>
   </si>
   <si>
     <t>Heather Calihan</t>
   </si>
   <si>
     <t>calihanh@coastalcarolina.edu</t>
   </si>
   <si>
     <t>Courtney C. Haynes</t>
   </si>
   <si>
     <t>Employer and Corporate Relations Manager</t>
   </si>
   <si>
     <t>cchaynes@uncg.edu </t>
   </si>
   <si>
     <t>336-334-5430</t>
+  </si>
+  <si>
+    <t>Career Services Director</t>
+  </si>
+  <si>
+    <t>pippenn25@ecu.edu</t>
+  </si>
+  <si>
+    <t>Christopher L Lewandowski</t>
+  </si>
+  <si>
+    <t>lewandowskic@uncw.edu</t>
+  </si>
+  <si>
+    <t>Asheville-Buncombe Technical Community College</t>
+  </si>
+  <si>
+    <t>CareerServices@ABTech.edu</t>
+  </si>
+  <si>
+    <t>Lees-McRae College</t>
+  </si>
+  <si>
+    <t>Daniel Buettner</t>
+  </si>
+  <si>
+    <t>828-898-3311</t>
+  </si>
+  <si>
+    <t>buettnerd@lmc.edu</t>
+  </si>
+  <si>
+    <t>careerservices@lmc.edu</t>
+  </si>
+  <si>
+    <t>Deborah Lowery</t>
+  </si>
+  <si>
+    <t>loweryd@lmc.edu</t>
+  </si>
+  <si>
+    <t>828-898-8712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">South Piedmont Community College  </t>
+  </si>
+  <si>
+    <t>Debbie Normandia-Berrios, MM</t>
+  </si>
+  <si>
+    <t>dnormandia-berrios@spcc.edu</t>
+  </si>
+  <si>
+    <t>Eric Skeen, MA, NCC</t>
+  </si>
+  <si>
+    <t>eskeen@spcc.edu</t>
+  </si>
+  <si>
+    <t>(704) 272-5370</t>
+  </si>
+  <si>
+    <t>["Classroom Presentations","Information Sessions","Career Fairs","Employer Panels."]</t>
+  </si>
+  <si>
+    <t>https://spcc.edu</t>
+  </si>
+  <si>
+    <t>Monroe</t>
+  </si>
+  <si>
+    <t>https://www.collegecentral.com/spcc</t>
+  </si>
+  <si>
+    <t>https://spcc.edu/business-workforce-solutions/sp-career-connector</t>
+  </si>
+  <si>
+    <t>https://www.lmc.edu/index.htm</t>
+  </si>
+  <si>
+    <t>Banner Elk</t>
+  </si>
+  <si>
+    <t>https://www.lmc.edu/academics/careers/index.htm</t>
+  </si>
+  <si>
+    <t>https://www.lmc.edu/academics/programs/index.htm</t>
+  </si>
+  <si>
+    <t>["Career Fairs","Experiential Learning Project","Internship Fairs","Classroom Presentations","Employer Panels","Information Sessions."]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
@@ -3872,58 +3959,63 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4220,63 +4312,61 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.applebee@duke.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.wfu.edu/careers/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bryan.uncg.edu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchaynes@uncg.edu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spcc.edu/business-workforce-solutions/sp-career-connector" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.applebee@duke.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.collegecentral.com/spcc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.wfu.edu/careers/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bryan.uncg.edu/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lewandowskic@uncw.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pippenn25@ecu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchaynes@uncg.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBC97F3C-A475-41E5-8D59-AE120069FF4D}">
   <sheetPr>
     <tabColor theme="8" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:AC94"/>
+  <dimension ref="A1:AC97"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="61.6640625" customWidth="1"/>
     <col min="2" max="2" width="67.44140625" customWidth="1"/>
     <col min="3" max="3" width="58.6640625" customWidth="1"/>
     <col min="4" max="4" width="35" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="63.33203125" customWidth="1"/>
     <col min="6" max="6" width="34.5546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.6640625" customWidth="1"/>
     <col min="8" max="8" width="18.33203125" customWidth="1"/>
     <col min="9" max="9" width="40.33203125" customWidth="1"/>
     <col min="10" max="10" width="53.5546875" customWidth="1"/>
     <col min="11" max="11" width="35.88671875" customWidth="1"/>
     <col min="12" max="12" width="32" customWidth="1"/>
     <col min="13" max="13" width="18.33203125" customWidth="1"/>
     <col min="14" max="14" width="36" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="41.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="30.109375" customWidth="1"/>
     <col min="17" max="17" width="18" customWidth="1"/>
     <col min="18" max="18" width="31" customWidth="1"/>
     <col min="19" max="19" width="30.109375" customWidth="1"/>
     <col min="20" max="20" width="29.109375" customWidth="1"/>
     <col min="21" max="21" width="24.109375" customWidth="1"/>
     <col min="22" max="22" width="18.6640625" customWidth="1"/>
@@ -4366,54 +4456,57 @@
       </c>
       <c r="Z1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="2" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>29</v>
+        <v>121</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>30</v>
+        <v>1245</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>1246</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>32</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>34</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>37</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>38</v>
       </c>
@@ -4505,60 +4598,60 @@
       </c>
       <c r="Z3" s="3" t="s">
         <v>59</v>
       </c>
       <c r="AA3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="AB3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC3" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E4" s="2" t="s">
         <v>1242</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>1243</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>64</v>
       </c>
       <c r="O4" s="2" t="s">
         <v>65</v>
       </c>
       <c r="P4" s="2" t="s">
         <v>66</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>67</v>
       </c>
       <c r="X4" s="2" t="s">
         <v>68</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>69</v>
       </c>
@@ -4771,5475 +4864,5616 @@
       </c>
       <c r="Y7" s="3" t="s">
         <v>117</v>
       </c>
       <c r="Z7" s="3" t="s">
         <v>118</v>
       </c>
       <c r="AA7" s="3" t="s">
         <v>115</v>
       </c>
       <c r="AB7" s="2" t="s">
         <v>104</v>
       </c>
       <c r="AC7" s="2" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="8" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>121</v>
+        <v>1247</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I8" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="L8" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="G8" s="2" t="s">
-[...11 lines deleted...]
-      <c r="K8" s="2" t="s">
+      <c r="M8" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N8" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="L8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="N8" s="2" t="s">
+      <c r="O8" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="O8" s="2" t="s">
+      <c r="P8" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="Q8" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W8" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="P8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W8" s="3" t="s">
+      <c r="X8" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="X8" s="2" t="s">
+      <c r="Y8" s="3" t="s">
         <v>130</v>
       </c>
-      <c r="Y8" s="3" t="s">
+      <c r="Z8" s="3" t="s">
         <v>131</v>
       </c>
-      <c r="Z8" s="3" t="s">
+      <c r="AA8" s="3" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AB8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC8" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="9" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D9" s="2" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="G9" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="G9" s="2" t="s">
+      <c r="H9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I9" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="2" t="s">
+      <c r="J9" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="J9" s="2" t="s">
+      <c r="K9" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="K9" s="2" t="s">
+      <c r="L9" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="L9" s="2" t="s">
+      <c r="M9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="M9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="2" t="s">
+      <c r="O9" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="O9" s="2" t="s">
+      <c r="P9" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W9" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="P9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W9" s="3" t="s">
+      <c r="X9" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="X9" s="2" t="s">
+      <c r="Y9" s="3" t="s">
         <v>146</v>
       </c>
-      <c r="Y9" s="3" t="s">
+      <c r="Z9" s="3" t="s">
         <v>147</v>
       </c>
-      <c r="Z9" s="3" t="s">
+      <c r="AA9" s="3" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AB9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC9" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="10" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="H10" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I10" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="H10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="2" t="s">
+      <c r="J10" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="M10" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" s="2" t="s">
         <v>158</v>
       </c>
-      <c r="M10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N10" s="2" t="s">
+      <c r="O10" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="O10" s="2" t="s">
+      <c r="Q10" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W10" s="3" t="s">
         <v>160</v>
       </c>
-      <c r="Q10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W10" s="3" t="s">
+      <c r="X10" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="Y10" s="3" t="s">
         <v>161</v>
       </c>
-      <c r="X10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Y10" s="3" t="s">
+      <c r="Z10" s="3" t="s">
         <v>162</v>
       </c>
-      <c r="Z10" s="3" t="s">
+      <c r="AA10" s="3" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="AB10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC10" s="2" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="11" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="H11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I11" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="H11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="2" t="s">
+      <c r="J11" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="J11" s="2" t="s">
+      <c r="K11" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="M11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N11" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="M11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="2" t="s">
+      <c r="O11" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="O11" s="2" t="s">
+      <c r="Q11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W11" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="Q11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W11" s="3" t="s">
+      <c r="X11" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="X11" s="2" t="s">
+      <c r="Y11" s="3" t="s">
         <v>176</v>
       </c>
-      <c r="Y11" s="3" t="s">
+      <c r="Z11" s="3" t="s">
         <v>177</v>
       </c>
-      <c r="Z11" s="3" t="s">
+      <c r="AA11" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="AA11" s="3" t="s">
+      <c r="AB11" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="AB11" s="2" t="s">
+      <c r="AC11" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="12" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="F12" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="G12" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="G12" s="2" t="s">
+      <c r="H12" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="H12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="2" t="s">
+      <c r="J12" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="J12" s="2" t="s">
+      <c r="K12" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="K12" s="2" t="s">
+      <c r="L12" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="L12" s="2" t="s">
+      <c r="M12" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N12" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="M12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N12" s="2" t="s">
+      <c r="O12" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="O12" s="2" t="s">
+      <c r="P12" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="P12" s="2" t="s">
+      <c r="Q12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R12" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="Q12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="R12" s="2" t="s">
+      <c r="S12" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="S12" s="2" t="s">
+      <c r="T12" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="T12" s="2" t="s">
+      <c r="U12" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="U12" s="2" t="s">
+      <c r="V12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W12" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="V12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W12" s="3" t="s">
+      <c r="X12" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="X12" s="2" t="s">
+      <c r="Y12" s="3" t="s">
         <v>199</v>
       </c>
-      <c r="Y12" s="3" t="s">
+      <c r="Z12" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="Z12" s="3" t="s">
+      <c r="AA12" s="3" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="AB12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC12" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="13" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I13" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I13" s="2" t="s">
+      <c r="J13" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="J13" s="2" t="s">
+      <c r="K13" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="K13" s="2" t="s">
+      <c r="L13" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W13" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="X13" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="Y13" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="Z13" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="AA13" s="3" t="s">
         <v>210</v>
-      </c>
-[...10 lines deleted...]
-        <v>211</v>
       </c>
       <c r="AB13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC13" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="14" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="H14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="H14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="2" t="s">
+      <c r="J14" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="J14" s="2" t="s">
+      <c r="K14" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="L14" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="L14" s="2" t="s">
+      <c r="M14" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="M14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="2" t="s">
+      <c r="O14" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="O14" s="2" t="s">
+      <c r="P14" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="P14" s="2" t="s">
+      <c r="Q14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W14" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="Q14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W14" s="3" t="s">
+      <c r="X14" s="2" t="s">
         <v>224</v>
       </c>
-      <c r="X14" s="2" t="s">
+      <c r="Y14" s="3" t="s">
         <v>225</v>
       </c>
-      <c r="Y14" s="3" t="s">
+      <c r="Z14" s="3" t="s">
         <v>226</v>
       </c>
-      <c r="Z14" s="3" t="s">
+      <c r="AA14" s="3" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="AB14" s="2" t="s">
         <v>104</v>
       </c>
       <c r="AC14" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="15" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I15" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="H15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="2" t="s">
+      <c r="J15" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="J15" s="2" t="s">
+      <c r="K15" s="2" t="s">
         <v>234</v>
       </c>
-      <c r="K15" s="2" t="s">
+      <c r="M15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N15" s="2" t="s">
         <v>235</v>
       </c>
-      <c r="M15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N15" s="2" t="s">
+      <c r="O15" s="2" t="s">
         <v>236</v>
       </c>
-      <c r="O15" s="2" t="s">
+      <c r="Q15" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W15" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="Q15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W15" s="3" t="s">
+      <c r="X15" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="Y15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z15" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="AA15" s="3" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="AB15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AC15" s="2" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
     </row>
     <row r="16" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="D16" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="H16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I16" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="H16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="2" t="s">
+      <c r="J16" s="2" t="s">
         <v>248</v>
       </c>
-      <c r="J16" s="2" t="s">
+      <c r="K16" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="K16" s="2" t="s">
+      <c r="M16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="M16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N16" s="2" t="s">
+      <c r="O16" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="Q16" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W16" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="O16" s="2" t="s">
+      <c r="X16" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="Y16" s="3" t="s">
         <v>251</v>
       </c>
-      <c r="Q16" s="2" t="s">
-[...5 lines deleted...]
-      <c r="X16" s="2" t="s">
+      <c r="Z16" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="AA16" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="AB16" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="AC16" s="2" t="s">
         <v>253</v>
-      </c>
-[...13 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="17" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D17" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="H17" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="H17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N17" s="2" t="s">
+      <c r="O17" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="O17" s="2" t="s">
+      <c r="Q17" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>259</v>
       </c>
-      <c r="Q17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W17" s="3" t="s">
+      <c r="X17" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="Y17" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="X17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Y17" s="3" t="s">
+      <c r="Z17" s="3" t="s">
         <v>261</v>
       </c>
-      <c r="Z17" s="3" t="s">
+      <c r="AA17" s="3" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="AB17" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC17" s="2" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
     </row>
     <row r="18" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="D18" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="E18" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>268</v>
       </c>
-      <c r="G18" s="2" t="s">
+      <c r="H18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I18" s="2" t="s">
         <v>269</v>
       </c>
-      <c r="H18" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I18" s="2" t="s">
+      <c r="J18" s="2" t="s">
         <v>270</v>
       </c>
-      <c r="J18" s="2" t="s">
+      <c r="K18" s="2" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W18" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="X18" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="X18" s="2" t="s">
+      <c r="Y18" s="3" t="s">
         <v>274</v>
       </c>
-      <c r="Y18" s="3" t="s">
+      <c r="Z18" s="3" t="s">
         <v>275</v>
       </c>
-      <c r="Z18" s="3" t="s">
+      <c r="AA18" s="3" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="AB18" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC18" s="2" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
     </row>
     <row r="19" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B19" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="D19" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="E19" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>282</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="H19" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I19" s="2" t="s">
         <v>283</v>
       </c>
-      <c r="H19" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="2" t="s">
+      <c r="J19" s="2" t="s">
         <v>284</v>
       </c>
-      <c r="J19" s="2" t="s">
+      <c r="K19" s="2" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W19" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="X19" s="2" t="s">
         <v>287</v>
       </c>
-      <c r="X19" s="2" t="s">
+      <c r="Y19" s="3" t="s">
         <v>288</v>
       </c>
-      <c r="Y19" s="3" t="s">
+      <c r="Z19" s="3" t="s">
         <v>289</v>
       </c>
-      <c r="Z19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA19" s="3" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="AB19" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC19" s="2" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D20" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="E20" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="F20" s="2" t="s">
+      <c r="G20" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="G20" s="2" t="s">
+      <c r="H20" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I20" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="H20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="2" t="s">
+      <c r="J20" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="J20" s="2" t="s">
+      <c r="K20" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="K20" s="2" t="s">
+      <c r="L20" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="L20" s="2" t="s">
+      <c r="M20" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="M20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N20" s="2" t="s">
+      <c r="O20" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="O20" s="2" t="s">
+      <c r="P20" s="2" t="s">
         <v>302</v>
       </c>
-      <c r="P20" s="2" t="s">
+      <c r="Q20" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W20" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="Q20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W20" s="3" t="s">
+      <c r="X20" s="2" t="s">
         <v>304</v>
       </c>
-      <c r="X20" s="2" t="s">
+      <c r="Y20" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="Y20" s="3" t="s">
+      <c r="Z20" s="3" t="s">
         <v>306</v>
       </c>
-      <c r="Z20" s="3" t="s">
+      <c r="AA20" s="3" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="AB20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC20" s="2" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
     </row>
     <row r="21" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D21" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="E21" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="H21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I21" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="H21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="2" t="s">
+      <c r="J21" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="J21" s="2" t="s">
+      <c r="K21" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="M21" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N21" s="2" t="s">
         <v>316</v>
       </c>
-      <c r="M21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N21" s="2" t="s">
+      <c r="O21" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="O21" s="2" t="s">
+      <c r="P21" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="P21" s="2" t="s">
+      <c r="Q21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W21" s="3" t="s">
         <v>319</v>
       </c>
-      <c r="Q21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W21" s="3" t="s">
+      <c r="X21" s="2" t="s">
         <v>320</v>
       </c>
-      <c r="X21" s="2" t="s">
+      <c r="Y21" s="3" t="s">
         <v>321</v>
       </c>
-      <c r="Y21" s="3" t="s">
+      <c r="Z21" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="AA21" s="3" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="AB21" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC21" s="2" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="22" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="2" t="s">
         <v>324</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="2" t="s">
+      <c r="B22" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="B22" s="2" t="s">
+      <c r="D22" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="E22" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="G22" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="G22" s="2" t="s">
+      <c r="H22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="H22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="2" t="s">
+      <c r="J22" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="J22" s="2" t="s">
+      <c r="K22" s="2" t="s">
         <v>332</v>
       </c>
-      <c r="K22" s="2" t="s">
+      <c r="M22" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N22" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="M22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N22" s="2" t="s">
+      <c r="O22" s="2" t="s">
         <v>334</v>
       </c>
-      <c r="O22" s="2" t="s">
+      <c r="Q22" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W22" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="Q22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W22" s="3" t="s">
+      <c r="X22" s="2" t="s">
         <v>336</v>
       </c>
-      <c r="X22" s="2" t="s">
+      <c r="Y22" s="3" t="s">
         <v>337</v>
       </c>
-      <c r="Y22" s="3" t="s">
+      <c r="Z22" s="3" t="s">
         <v>338</v>
       </c>
-      <c r="Z22" s="3" t="s">
+      <c r="AA22" s="3" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="AB22" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC22" s="2" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B23" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="C23" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="D23" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="E23" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="F23" s="2" t="s">
+      <c r="G23" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="G23" s="2" t="s">
+      <c r="H23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="H23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="2" t="s">
+      <c r="J23" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="K23" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="J23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="2" t="s">
+      <c r="L23" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="L23" s="2" t="s">
+      <c r="M23" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N23" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="M23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N23" s="2" t="s">
+      <c r="O23" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="O23" s="2" t="s">
+      <c r="Q23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>353</v>
       </c>
-      <c r="Q23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W23" s="3" t="s">
+      <c r="X23" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="Y23" s="3" t="s">
         <v>354</v>
       </c>
-      <c r="X23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="Y23" s="3" t="s">
+      <c r="Z23" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="AA23" s="3" t="s">
         <v>355</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="AB23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC23" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="24" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="D24" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="E24" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="E24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="2" t="s">
+      <c r="H24" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="H24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I24" s="2" t="s">
+      <c r="J24" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="J24" s="2" t="s">
+      <c r="K24" s="2" t="s">
         <v>361</v>
       </c>
-      <c r="K24" s="2" t="s">
+      <c r="M24" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N24" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="M24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N24" s="2" t="s">
+      <c r="O24" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="O24" s="2" t="s">
+      <c r="Q24" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W24" s="3" t="s">
         <v>364</v>
       </c>
-      <c r="Q24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W24" s="3" t="s">
+      <c r="X24" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="Y24" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="Z24" s="3" t="s">
         <v>365</v>
       </c>
-      <c r="X24" s="2" t="s">
-[...5 lines deleted...]
-      <c r="Z24" s="3" t="s">
+      <c r="AA24" s="3" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="AB24" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC24" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
     </row>
     <row r="25" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D25" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="E25" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="F25" s="2" t="s">
+      <c r="H25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="H25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="2" t="s">
+      <c r="J25" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="J25" s="2" t="s">
+      <c r="K25" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="K25" s="2" t="s">
+      <c r="L25" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="L25" s="2" t="s">
+      <c r="M25" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N25" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="M25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N25" s="2" t="s">
+      <c r="O25" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="O25" s="2" t="s">
+      <c r="P25" s="2" t="s">
         <v>378</v>
       </c>
-      <c r="P25" s="2" t="s">
+      <c r="Q25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W25" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="Q25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W25" s="3" t="s">
+      <c r="X25" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="X25" s="2" t="s">
+      <c r="Y25" s="3" t="s">
         <v>381</v>
       </c>
-      <c r="Y25" s="3" t="s">
+      <c r="Z25" s="3" t="s">
         <v>382</v>
       </c>
-      <c r="Z25" s="3" t="s">
+      <c r="AA25" s="3" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="AB25" s="2" t="s">
         <v>104</v>
       </c>
       <c r="AC25" s="2" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="26" spans="1:29" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>387</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="F26" s="2" t="s">
+      <c r="G26" s="2" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W26" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="X26" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="X26" s="2" t="s">
+      <c r="Y26" s="3" t="s">
         <v>392</v>
       </c>
-      <c r="Y26" s="3" t="s">
+      <c r="Z26" s="3" t="s">
         <v>393</v>
       </c>
-      <c r="Z26" s="3" t="s">
+      <c r="AA26" s="3" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="AB26" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC26" s="4" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="27" spans="1:29" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>3</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>1255</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N27" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="O27" s="5" t="s">
+        <v>1257</v>
+      </c>
+      <c r="P27" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="Q27" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="W27" s="3" t="s">
+        <v>1270</v>
+      </c>
+      <c r="X27" s="5" t="s">
+        <v>1271</v>
+      </c>
+      <c r="Y27" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="Z27" s="3" t="s">
+        <v>1272</v>
+      </c>
+      <c r="AA27" s="3" t="s">
+        <v>1273</v>
+      </c>
+      <c r="AB27" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="AC27" s="7" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="28" spans="1:29" s="2" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>396</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B27" s="2" t="s">
+      <c r="D28" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="E28" s="2" t="s">
         <v>398</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="F27" s="2" t="s">
+      <c r="G28" s="2" t="s">
         <v>400</v>
       </c>
-      <c r="G27" s="2" t="s">
+      <c r="H28" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N28" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="O28" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="P28" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q28" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="U28" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="W28" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="H27" s="2" t="s">
-[...17 lines deleted...]
-      <c r="W27" s="3" t="s">
+      <c r="X28" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="X27" s="2" t="s">
+      <c r="Y28" s="3" t="s">
         <v>403</v>
       </c>
-      <c r="Y27" s="3" t="s">
+      <c r="Z28" s="3" t="s">
         <v>404</v>
       </c>
-      <c r="Z27" s="3" t="s">
+      <c r="AA28" s="3" t="s">
         <v>405</v>
-      </c>
-[...66 lines deleted...]
-        <v>418</v>
       </c>
       <c r="AB28" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC28" s="2" t="s">
-        <v>419</v>
+        <v>211</v>
       </c>
     </row>
     <row r="29" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>422</v>
+        <v>214</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>408</v>
       </c>
       <c r="H29" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="K29" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="L29" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="M29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N29" s="2" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="O29" s="2" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="Q29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W29" s="3" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="X29" s="2" t="s">
-        <v>428</v>
+        <v>100</v>
       </c>
       <c r="Y29" s="3" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="Z29" s="3" t="s">
-        <v>429</v>
+        <v>416</v>
       </c>
       <c r="AA29" s="3" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="AB29" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC29" s="2" t="s">
-        <v>431</v>
+        <v>418</v>
       </c>
     </row>
     <row r="30" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>419</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>434</v>
+        <v>420</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>435</v>
+        <v>421</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N30" s="2" t="s">
-        <v>29</v>
+        <v>424</v>
       </c>
       <c r="O30" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>425</v>
       </c>
       <c r="Q30" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="W30" s="3" t="s">
-        <v>438</v>
+        <v>426</v>
       </c>
       <c r="X30" s="2" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="Y30" s="3" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="Z30" s="3" t="s">
-        <v>441</v>
+        <v>428</v>
       </c>
       <c r="AA30" s="3" t="s">
-        <v>442</v>
+        <v>429</v>
       </c>
       <c r="AB30" s="2" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
       <c r="AC30" s="2" t="s">
-        <v>443</v>
+        <v>430</v>
       </c>
     </row>
     <row r="31" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>444</v>
+        <v>431</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>432</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>447</v>
+        <v>435</v>
+      </c>
+      <c r="G31" s="2" t="s">
+        <v>436</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N31" s="2" t="s">
-        <v>448</v>
+        <v>29</v>
       </c>
       <c r="O31" s="2" t="s">
-        <v>449</v>
+        <v>29</v>
+      </c>
+      <c r="P31" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q31" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="W31" s="3" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="X31" s="2" t="s">
-        <v>68</v>
+        <v>438</v>
       </c>
       <c r="Y31" s="3" t="s">
-        <v>29</v>
+        <v>439</v>
       </c>
       <c r="Z31" s="3" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="AA31" s="3" t="s">
-        <v>452</v>
+        <v>441</v>
       </c>
       <c r="AB31" s="2" t="s">
-        <v>31</v>
+        <v>104</v>
       </c>
       <c r="AC31" s="2" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
     </row>
     <row r="32" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N32" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="O32" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q32" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W32" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="X32" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="Y32" s="3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Z32" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="AA32" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="AB32" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="AC32" s="2" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="33" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="D33" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="E33" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F33" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G33" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="G32" s="2" t="s">
+      <c r="H33" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N33" s="2" t="s">
         <v>458</v>
       </c>
-      <c r="H32" s="2" t="s">
-[...5 lines deleted...]
-      <c r="N32" s="2" t="s">
+      <c r="O33" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="O32" s="2" t="s">
+      <c r="P33" s="2" t="s">
         <v>460</v>
       </c>
-      <c r="P32" s="2" t="s">
+      <c r="Q33" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="Q32" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W32" s="3" t="s">
+      <c r="X33" s="2" t="s">
         <v>462</v>
       </c>
-      <c r="X32" s="2" t="s">
+      <c r="Y33" s="3" t="s">
         <v>463</v>
       </c>
-      <c r="Y32" s="3" t="s">
+      <c r="Z33" s="3" t="s">
         <v>464</v>
       </c>
-      <c r="Z32" s="3" t="s">
+      <c r="AA33" s="3" t="s">
         <v>465</v>
-      </c>
-[...72 lines deleted...]
-        <v>484</v>
       </c>
       <c r="AB33" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC33" s="2" t="s">
-        <v>485</v>
+        <v>466</v>
       </c>
     </row>
     <row r="34" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>325</v>
+        <v>341</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>486</v>
+        <v>467</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>468</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>487</v>
+        <v>469</v>
       </c>
       <c r="E34" s="2" t="s">
-        <v>488</v>
+        <v>470</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>471</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>491</v>
+        <v>472</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>492</v>
+        <v>473</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>493</v>
+        <v>474</v>
+      </c>
+      <c r="L34" s="2" t="s">
+        <v>475</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N34" s="2" t="s">
-        <v>29</v>
+        <v>476</v>
       </c>
       <c r="O34" s="2" t="s">
-        <v>29</v>
+        <v>477</v>
       </c>
       <c r="P34" s="2" t="s">
-        <v>29</v>
+        <v>478</v>
       </c>
       <c r="Q34" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W34" s="3" t="s">
-        <v>494</v>
+        <v>479</v>
       </c>
       <c r="X34" s="2" t="s">
-        <v>239</v>
+        <v>480</v>
       </c>
       <c r="Y34" s="3" t="s">
-        <v>495</v>
+        <v>481</v>
       </c>
       <c r="Z34" s="3" t="s">
-        <v>496</v>
+        <v>482</v>
       </c>
       <c r="AA34" s="3" t="s">
-        <v>497</v>
+        <v>483</v>
       </c>
       <c r="AB34" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC34" s="2" t="s">
-        <v>498</v>
+        <v>484</v>
       </c>
     </row>
     <row r="35" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>499</v>
+        <v>485</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>500</v>
+        <v>486</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>501</v>
+        <v>487</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>502</v>
+        <v>488</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>503</v>
+        <v>489</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>36</v>
+      </c>
+      <c r="I35" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="J35" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="K35" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="M35" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="2" t="s">
-        <v>504</v>
+        <v>29</v>
       </c>
       <c r="P35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W35" s="3" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="X35" s="2" t="s">
-        <v>506</v>
+        <v>238</v>
       </c>
       <c r="Y35" s="3" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="Z35" s="3" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="AA35" s="3" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="AB35" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC35" s="2" t="s">
-        <v>510</v>
+        <v>497</v>
       </c>
     </row>
     <row r="36" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>513</v>
+        <v>500</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>514</v>
+        <v>501</v>
+      </c>
+      <c r="G36" s="2" t="s">
+        <v>502</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="2" t="s">
-        <v>29</v>
+        <v>503</v>
       </c>
       <c r="P36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W36" s="3" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="X36" s="2" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="Y36" s="3" t="s">
-        <v>29</v>
+        <v>506</v>
       </c>
       <c r="Z36" s="3" t="s">
-        <v>517</v>
+        <v>507</v>
       </c>
       <c r="AA36" s="3" t="s">
-        <v>518</v>
+        <v>508</v>
+      </c>
+      <c r="AB36" s="2" t="s">
+        <v>44</v>
       </c>
       <c r="AC36" s="2" t="s">
-        <v>212</v>
+        <v>509</v>
       </c>
     </row>
     <row r="37" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>456</v>
+        <v>512</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>525</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="2" t="s">
-        <v>526</v>
+        <v>29</v>
       </c>
       <c r="P37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="X37" s="2" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="Y37" s="3" t="s">
-        <v>529</v>
+        <v>29</v>
       </c>
       <c r="Z37" s="3" t="s">
-        <v>29</v>
+        <v>516</v>
       </c>
       <c r="AA37" s="3" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>517</v>
       </c>
       <c r="AC37" s="2" t="s">
-        <v>531</v>
+        <v>211</v>
       </c>
     </row>
     <row r="38" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>518</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>534</v>
+        <v>519</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>535</v>
+        <v>455</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>536</v>
+        <v>520</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>521</v>
       </c>
       <c r="H38" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I38" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="J38" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="K38" s="2" t="s">
+        <v>524</v>
+      </c>
       <c r="M38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N38" s="2" t="s">
-        <v>537</v>
+        <v>29</v>
       </c>
       <c r="O38" s="2" t="s">
-        <v>538</v>
+        <v>525</v>
+      </c>
+      <c r="P38" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q38" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>539</v>
+        <v>526</v>
       </c>
       <c r="X38" s="2" t="s">
-        <v>321</v>
+        <v>527</v>
       </c>
       <c r="Y38" s="3" t="s">
-        <v>540</v>
+        <v>528</v>
       </c>
       <c r="Z38" s="3" t="s">
-        <v>541</v>
+        <v>29</v>
       </c>
       <c r="AA38" s="3" t="s">
-        <v>542</v>
+        <v>529</v>
       </c>
       <c r="AB38" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC38" s="2" t="s">
-        <v>543</v>
+        <v>530</v>
       </c>
     </row>
     <row r="39" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>544</v>
+        <v>531</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>532</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>545</v>
+        <v>533</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>546</v>
+        <v>534</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>547</v>
+        <v>535</v>
       </c>
       <c r="H39" s="2" t="s">
-        <v>31</v>
-[...8 lines deleted...]
-        <v>550</v>
+        <v>36</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N39" s="2" t="s">
-        <v>29</v>
+        <v>536</v>
       </c>
       <c r="O39" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>537</v>
       </c>
       <c r="Q39" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W39" s="3" t="s">
-        <v>551</v>
+        <v>538</v>
       </c>
       <c r="X39" s="2" t="s">
-        <v>552</v>
+        <v>320</v>
       </c>
       <c r="Y39" s="3" t="s">
-        <v>553</v>
+        <v>539</v>
       </c>
       <c r="Z39" s="3" t="s">
-        <v>29</v>
+        <v>540</v>
       </c>
       <c r="AA39" s="3" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="AB39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC39" s="2" t="s">
-        <v>555</v>
+        <v>542</v>
       </c>
     </row>
     <row r="40" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>556</v>
+        <v>543</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>557</v>
+        <v>544</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>558</v>
+        <v>545</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="H40" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>560</v>
+        <v>547</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="2" t="s">
         <v>29</v>
       </c>
+      <c r="P40" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="Q40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
       <c r="X40" s="2" t="s">
-        <v>564</v>
+        <v>551</v>
       </c>
       <c r="Y40" s="3" t="s">
-        <v>565</v>
+        <v>552</v>
       </c>
       <c r="Z40" s="3" t="s">
-        <v>566</v>
+        <v>29</v>
       </c>
       <c r="AA40" s="3" t="s">
-        <v>567</v>
+        <v>553</v>
       </c>
       <c r="AB40" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC40" s="2" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
     </row>
     <row r="41" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>569</v>
+        <v>555</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>570</v>
+        <v>556</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>571</v>
+        <v>557</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>558</v>
       </c>
       <c r="H41" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>570</v>
+        <v>559</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>574</v>
+        <v>560</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>561</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N41" s="2" t="s">
-        <v>576</v>
+        <v>29</v>
       </c>
       <c r="O41" s="2" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>578</v>
+        <v>29</v>
       </c>
       <c r="Q41" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W41" s="3" t="s">
-        <v>579</v>
+        <v>562</v>
       </c>
       <c r="X41" s="2" t="s">
-        <v>580</v>
+        <v>563</v>
       </c>
       <c r="Y41" s="3" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="Z41" s="3" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="AA41" s="3" t="s">
-        <v>583</v>
+        <v>566</v>
       </c>
       <c r="AB41" s="2" t="s">
-        <v>584</v>
+        <v>44</v>
       </c>
       <c r="AC41" s="2" t="s">
-        <v>585</v>
+        <v>567</v>
       </c>
     </row>
     <row r="42" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>586</v>
+        <v>568</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>587</v>
+        <v>569</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>456</v>
+        <v>570</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>588</v>
+        <v>571</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>589</v>
+        <v>572</v>
       </c>
       <c r="H42" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I42" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="J42" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="K42" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="L42" s="2" t="s">
+        <v>574</v>
+      </c>
       <c r="M42" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N42" s="2" t="s">
-        <v>29</v>
+        <v>575</v>
       </c>
       <c r="O42" s="2" t="s">
-        <v>29</v>
+        <v>576</v>
+      </c>
+      <c r="P42" s="2" t="s">
+        <v>577</v>
       </c>
       <c r="Q42" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W42" s="3" t="s">
-        <v>590</v>
+        <v>578</v>
       </c>
       <c r="X42" s="2" t="s">
-        <v>591</v>
+        <v>579</v>
       </c>
       <c r="Y42" s="3" t="s">
-        <v>592</v>
+        <v>580</v>
       </c>
       <c r="Z42" s="3" t="s">
-        <v>593</v>
+        <v>581</v>
       </c>
       <c r="AA42" s="3" t="s">
-        <v>594</v>
+        <v>582</v>
       </c>
       <c r="AB42" s="2" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="AC42" s="2" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
     </row>
     <row r="43" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>598</v>
+        <v>455</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>599</v>
+        <v>587</v>
+      </c>
+      <c r="G43" s="2" t="s">
+        <v>588</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I43" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N43" s="2" t="s">
-        <v>603</v>
+        <v>29</v>
       </c>
       <c r="O43" s="2" t="s">
-        <v>604</v>
+        <v>29</v>
       </c>
       <c r="Q43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W43" s="3" t="s">
-        <v>605</v>
+        <v>589</v>
       </c>
       <c r="X43" s="2" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="Y43" s="3" t="s">
-        <v>607</v>
+        <v>591</v>
       </c>
       <c r="Z43" s="3" t="s">
-        <v>608</v>
+        <v>592</v>
       </c>
       <c r="AA43" s="3" t="s">
-        <v>609</v>
+        <v>593</v>
       </c>
       <c r="AB43" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC43" s="2" t="s">
-        <v>610</v>
+        <v>594</v>
       </c>
     </row>
     <row r="44" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
       <c r="D44" s="2" t="s">
-        <v>612</v>
+        <v>596</v>
       </c>
       <c r="E44" s="2" t="s">
-        <v>613</v>
+        <v>597</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>614</v>
+        <v>598</v>
       </c>
       <c r="H44" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>615</v>
+        <v>599</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>616</v>
+        <v>600</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N44" s="2" t="s">
-        <v>618</v>
+        <v>602</v>
       </c>
       <c r="O44" s="2" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>620</v>
+        <v>603</v>
       </c>
       <c r="Q44" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W44" s="3" t="s">
-        <v>621</v>
+        <v>604</v>
       </c>
       <c r="X44" s="2" t="s">
-        <v>622</v>
+        <v>605</v>
       </c>
       <c r="Y44" s="3" t="s">
-        <v>623</v>
+        <v>606</v>
       </c>
       <c r="Z44" s="3" t="s">
-        <v>624</v>
+        <v>607</v>
       </c>
       <c r="AA44" s="3" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="AB44" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC44" s="2" t="s">
-        <v>625</v>
+        <v>609</v>
       </c>
     </row>
     <row r="45" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>626</v>
+        <v>610</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>627</v>
+        <v>611</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>628</v>
+        <v>612</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>630</v>
+        <v>613</v>
       </c>
       <c r="H45" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I45" s="2" t="s">
-        <v>631</v>
+        <v>614</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>632</v>
+        <v>615</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>633</v>
+        <v>616</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N45" s="2" t="s">
-        <v>634</v>
+        <v>617</v>
       </c>
       <c r="O45" s="2" t="s">
-        <v>635</v>
+        <v>618</v>
+      </c>
+      <c r="P45" s="2" t="s">
+        <v>619</v>
       </c>
       <c r="Q45" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W45" s="3" t="s">
-        <v>636</v>
+        <v>620</v>
       </c>
       <c r="X45" s="2" t="s">
-        <v>637</v>
+        <v>621</v>
       </c>
       <c r="Y45" s="3" t="s">
-        <v>29</v>
+        <v>622</v>
       </c>
       <c r="Z45" s="3" t="s">
-        <v>29</v>
+        <v>623</v>
       </c>
       <c r="AA45" s="3" t="s">
-        <v>638</v>
+        <v>620</v>
       </c>
       <c r="AB45" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC45" s="2" t="s">
-        <v>639</v>
+        <v>624</v>
       </c>
     </row>
     <row r="46" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>386</v>
+        <v>625</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>387</v>
+        <v>626</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>388</v>
+        <v>627</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>389</v>
+        <v>628</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>390</v>
+        <v>629</v>
       </c>
       <c r="H46" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I46" s="2" t="s">
-        <v>251</v>
+        <v>630</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>251</v>
+        <v>631</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>251</v>
+        <v>632</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N46" s="2" t="s">
-        <v>251</v>
+        <v>633</v>
       </c>
       <c r="O46" s="2" t="s">
-        <v>251</v>
+        <v>634</v>
       </c>
       <c r="Q46" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W46" s="3" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="X46" s="2" t="s">
-        <v>392</v>
+        <v>636</v>
       </c>
       <c r="Y46" s="3" t="s">
-        <v>641</v>
+        <v>29</v>
       </c>
       <c r="Z46" s="3" t="s">
-        <v>642</v>
+        <v>29</v>
       </c>
       <c r="AA46" s="3" t="s">
-        <v>395</v>
+        <v>637</v>
       </c>
       <c r="AB46" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC46" s="2" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
     </row>
     <row r="47" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>644</v>
+        <v>385</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>645</v>
+        <v>386</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>646</v>
+        <v>387</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>647</v>
+        <v>388</v>
+      </c>
+      <c r="G47" s="2" t="s">
+        <v>389</v>
       </c>
       <c r="H47" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I47" s="2" t="s">
-        <v>648</v>
+        <v>250</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>361</v>
+        <v>250</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>649</v>
+        <v>250</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N47" s="2" t="s">
-        <v>650</v>
+        <v>250</v>
       </c>
       <c r="O47" s="2" t="s">
-        <v>651</v>
+        <v>250</v>
       </c>
       <c r="Q47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W47" s="3" t="s">
-        <v>652</v>
+        <v>639</v>
       </c>
       <c r="X47" s="2" t="s">
-        <v>225</v>
+        <v>391</v>
       </c>
       <c r="Y47" s="3" t="s">
-        <v>653</v>
+        <v>640</v>
       </c>
       <c r="Z47" s="3" t="s">
-        <v>654</v>
+        <v>641</v>
       </c>
       <c r="AA47" s="3" t="s">
-        <v>655</v>
+        <v>394</v>
       </c>
       <c r="AB47" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC47" s="2" t="s">
-        <v>656</v>
+        <v>642</v>
       </c>
     </row>
     <row r="48" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>657</v>
+        <v>643</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>658</v>
+        <v>644</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>659</v>
+        <v>645</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>661</v>
+        <v>646</v>
       </c>
       <c r="H48" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I48" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="J48" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="K48" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="M48" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N48" s="2" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="O48" s="2" t="s">
-        <v>663</v>
+        <v>650</v>
       </c>
       <c r="Q48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W48" s="3" t="s">
-        <v>664</v>
+        <v>651</v>
       </c>
       <c r="X48" s="2" t="s">
-        <v>665</v>
+        <v>224</v>
       </c>
       <c r="Y48" s="3" t="s">
-        <v>666</v>
+        <v>652</v>
       </c>
       <c r="Z48" s="3" t="s">
-        <v>667</v>
+        <v>653</v>
       </c>
       <c r="AA48" s="3" t="s">
-        <v>668</v>
+        <v>654</v>
       </c>
       <c r="AB48" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC48" s="2" t="s">
-        <v>669</v>
+        <v>655</v>
       </c>
     </row>
     <row r="49" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
-        <v>670</v>
+        <v>324</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>671</v>
+        <v>656</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>672</v>
+        <v>657</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>674</v>
+        <v>659</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>660</v>
       </c>
       <c r="H49" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I49" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N49" s="2" t="s">
-        <v>29</v>
+        <v>661</v>
       </c>
       <c r="O49" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>662</v>
       </c>
       <c r="Q49" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W49" s="3" t="s">
-        <v>677</v>
+        <v>663</v>
       </c>
       <c r="X49" s="2" t="s">
-        <v>225</v>
+        <v>664</v>
       </c>
       <c r="Y49" s="3" t="s">
-        <v>678</v>
+        <v>665</v>
       </c>
       <c r="Z49" s="3" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="AA49" s="3" t="s">
-        <v>679</v>
+        <v>667</v>
       </c>
       <c r="AB49" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC49" s="2" t="s">
-        <v>212</v>
+        <v>668</v>
       </c>
     </row>
     <row r="50" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
-        <v>680</v>
+        <v>669</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>681</v>
+        <v>670</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>3</v>
+        <v>672</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>684</v>
+        <v>673</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>685</v>
+        <v>671</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>686</v>
+        <v>672</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>687</v>
+        <v>674</v>
+      </c>
+      <c r="L50" s="2" t="s">
+        <v>675</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N50" s="2" t="s">
-        <v>688</v>
+        <v>29</v>
       </c>
       <c r="O50" s="2" t="s">
-        <v>689</v>
+        <v>29</v>
       </c>
       <c r="P50" s="2" t="s">
-        <v>690</v>
+        <v>29</v>
       </c>
       <c r="Q50" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>691</v>
+        <v>676</v>
       </c>
       <c r="X50" s="2" t="s">
-        <v>100</v>
+        <v>224</v>
       </c>
       <c r="Y50" s="3" t="s">
-        <v>692</v>
+        <v>677</v>
       </c>
       <c r="Z50" s="3" t="s">
-        <v>693</v>
+        <v>676</v>
       </c>
       <c r="AA50" s="3" t="s">
-        <v>694</v>
+        <v>678</v>
       </c>
       <c r="AB50" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC50" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
-    <row r="51" spans="1:29" s="2" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="B51" s="2" t="s">
         <v>680</v>
       </c>
-      <c r="B51" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D51" s="2" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>681</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>3</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>699</v>
+        <v>683</v>
       </c>
       <c r="H51" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="J51" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="K51" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="M51" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N51" s="2" t="s">
-        <v>29</v>
+        <v>687</v>
       </c>
       <c r="O51" s="2" t="s">
-        <v>29</v>
+        <v>688</v>
+      </c>
+      <c r="P51" s="2" t="s">
+        <v>689</v>
       </c>
       <c r="Q51" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W51" s="3" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="X51" s="2" t="s">
-        <v>701</v>
+        <v>100</v>
       </c>
       <c r="Y51" s="3" t="s">
-        <v>702</v>
+        <v>691</v>
       </c>
       <c r="Z51" s="3" t="s">
-        <v>703</v>
+        <v>692</v>
       </c>
       <c r="AA51" s="3" t="s">
-        <v>704</v>
+        <v>693</v>
       </c>
       <c r="AB51" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC51" s="2" t="s">
-        <v>705</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>706</v>
+        <v>694</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>708</v>
+        <v>696</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="G52" s="2" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N52" s="2" t="s">
         <v>29</v>
       </c>
+      <c r="O52" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="Q52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W52" s="3" t="s">
-        <v>711</v>
+        <v>699</v>
       </c>
       <c r="X52" s="2" t="s">
-        <v>225</v>
+        <v>700</v>
       </c>
       <c r="Y52" s="3" t="s">
-        <v>44</v>
+        <v>701</v>
       </c>
       <c r="Z52" s="3" t="s">
-        <v>44</v>
+        <v>702</v>
       </c>
       <c r="AA52" s="3" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="AB52" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC52" s="2" t="s">
-        <v>713</v>
+        <v>704</v>
       </c>
     </row>
     <row r="53" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>718</v>
+        <v>709</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I53" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N53" s="2" t="s">
-        <v>723</v>
-[...5 lines deleted...]
-        <v>722</v>
+        <v>29</v>
       </c>
       <c r="Q53" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>725</v>
+        <v>710</v>
       </c>
       <c r="X53" s="2" t="s">
-        <v>726</v>
+        <v>224</v>
       </c>
       <c r="Y53" s="3" t="s">
-        <v>725</v>
+        <v>44</v>
       </c>
       <c r="Z53" s="3" t="s">
-        <v>725</v>
+        <v>44</v>
       </c>
       <c r="AA53" s="3" t="s">
-        <v>725</v>
+        <v>711</v>
       </c>
       <c r="AB53" s="2" t="s">
-        <v>104</v>
+        <v>44</v>
       </c>
       <c r="AC53" s="2" t="s">
-        <v>727</v>
+        <v>712</v>
       </c>
     </row>
     <row r="54" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
-        <v>728</v>
+        <v>679</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>729</v>
+        <v>713</v>
       </c>
       <c r="D54" s="2" t="s">
-        <v>730</v>
+        <v>714</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="H54" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I54" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="J54" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="K54" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="L54" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="M54" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="N54" s="2" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="O54" s="2" t="s">
-        <v>732</v>
+        <v>723</v>
       </c>
       <c r="P54" s="2" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="Q54" s="2" t="s">
         <v>36</v>
       </c>
       <c r="W54" s="3" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="X54" s="2" t="s">
-        <v>130</v>
+        <v>725</v>
       </c>
       <c r="Y54" s="3" t="s">
-        <v>735</v>
+        <v>724</v>
       </c>
       <c r="Z54" s="3" t="s">
-        <v>736</v>
+        <v>724</v>
       </c>
       <c r="AA54" s="3" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="AB54" s="2" t="s">
-        <v>584</v>
+        <v>104</v>
       </c>
       <c r="AC54" s="2" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
     </row>
     <row r="55" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B55" s="2" t="s">
         <v>728</v>
       </c>
-      <c r="B55" s="2" t="s">
-[...14 lines deleted...]
-      <c r="M55" s="2" t="s">
+      <c r="D55" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="H55" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N55" s="2" t="s">
-        <v>29</v>
+        <v>729</v>
       </c>
       <c r="O55" s="2" t="s">
-        <v>29</v>
+        <v>731</v>
       </c>
       <c r="P55" s="2" t="s">
-        <v>29</v>
+        <v>732</v>
       </c>
       <c r="Q55" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W55" s="3" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="X55" s="2" t="s">
-        <v>745</v>
+        <v>129</v>
       </c>
       <c r="Y55" s="3" t="s">
-        <v>746</v>
+        <v>734</v>
       </c>
       <c r="Z55" s="3" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="AA55" s="3" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="AB55" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC55" s="2" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
     </row>
     <row r="56" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>749</v>
-[...11 lines deleted...]
-        <v>31</v>
+        <v>738</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>753</v>
+        <v>739</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>195</v>
+        <v>740</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>754</v>
+        <v>741</v>
+      </c>
+      <c r="L56" s="2" t="s">
+        <v>742</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N56" s="2" t="s">
-        <v>755</v>
+        <v>29</v>
       </c>
       <c r="O56" s="2" t="s">
-        <v>756</v>
+        <v>29</v>
+      </c>
+      <c r="P56" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>757</v>
+        <v>743</v>
       </c>
       <c r="X56" s="2" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
       <c r="Y56" s="3" t="s">
-        <v>759</v>
+        <v>745</v>
       </c>
       <c r="Z56" s="3" t="s">
-        <v>760</v>
+        <v>743</v>
       </c>
       <c r="AA56" s="3" t="s">
-        <v>761</v>
+        <v>746</v>
       </c>
       <c r="AB56" s="2" t="s">
-        <v>29</v>
+        <v>583</v>
       </c>
       <c r="AC56" s="2" t="s">
-        <v>762</v>
+        <v>747</v>
       </c>
     </row>
     <row r="57" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>763</v>
+        <v>748</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>765</v>
+        <v>750</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>751</v>
       </c>
       <c r="H57" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>768</v>
+        <v>752</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>769</v>
+        <v>194</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>753</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N57" s="2" t="s">
-        <v>772</v>
+        <v>754</v>
       </c>
       <c r="O57" s="2" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-        <v>774</v>
+        <v>755</v>
       </c>
       <c r="Q57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>775</v>
+        <v>756</v>
       </c>
       <c r="X57" s="2" t="s">
-        <v>305</v>
+        <v>757</v>
       </c>
       <c r="Y57" s="3" t="s">
-        <v>776</v>
+        <v>758</v>
       </c>
       <c r="Z57" s="3" t="s">
-        <v>777</v>
+        <v>759</v>
       </c>
       <c r="AA57" s="3" t="s">
-        <v>778</v>
+        <v>760</v>
       </c>
       <c r="AB57" s="2" t="s">
-        <v>584</v>
+        <v>29</v>
       </c>
       <c r="AC57" s="2" t="s">
-        <v>779</v>
+        <v>761</v>
       </c>
     </row>
     <row r="58" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>780</v>
+        <v>762</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>781</v>
+        <v>763</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>782</v>
+        <v>764</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>783</v>
+        <v>765</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>784</v>
+        <v>766</v>
       </c>
       <c r="H58" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>785</v>
+        <v>767</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>195</v>
+        <v>768</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>786</v>
+        <v>769</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>784</v>
+        <v>770</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N58" s="2" t="s">
-        <v>29</v>
+        <v>771</v>
       </c>
       <c r="O58" s="2" t="s">
-        <v>29</v>
+        <v>772</v>
+      </c>
+      <c r="P58" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="Q58" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>787</v>
+        <v>774</v>
       </c>
       <c r="X58" s="2" t="s">
-        <v>788</v>
+        <v>304</v>
       </c>
       <c r="Y58" s="3" t="s">
-        <v>789</v>
+        <v>775</v>
       </c>
       <c r="Z58" s="3" t="s">
-        <v>790</v>
+        <v>776</v>
       </c>
       <c r="AA58" s="3" t="s">
-        <v>791</v>
+        <v>777</v>
       </c>
       <c r="AB58" s="2" t="s">
-        <v>44</v>
+        <v>583</v>
       </c>
       <c r="AC58" s="2" t="s">
-        <v>792</v>
+        <v>778</v>
       </c>
     </row>
     <row r="59" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>793</v>
+        <v>779</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>794</v>
+        <v>780</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>795</v>
+        <v>781</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>796</v>
+        <v>782</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>797</v>
+        <v>783</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>798</v>
+        <v>784</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>799</v>
+        <v>194</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>800</v>
+        <v>785</v>
+      </c>
+      <c r="L59" s="2" t="s">
+        <v>783</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N59" s="2" t="s">
-        <v>801</v>
+        <v>29</v>
       </c>
       <c r="O59" s="2" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="W59" s="3" t="s">
-        <v>803</v>
+        <v>786</v>
       </c>
       <c r="X59" s="2" t="s">
-        <v>804</v>
+        <v>787</v>
       </c>
       <c r="Y59" s="3" t="s">
-        <v>805</v>
+        <v>788</v>
       </c>
       <c r="Z59" s="3" t="s">
-        <v>806</v>
+        <v>789</v>
       </c>
       <c r="AA59" s="3" t="s">
-        <v>807</v>
+        <v>790</v>
       </c>
       <c r="AB59" s="2" t="s">
-        <v>584</v>
+        <v>44</v>
       </c>
       <c r="AC59" s="2" t="s">
-        <v>808</v>
+        <v>791</v>
       </c>
     </row>
     <row r="60" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>809</v>
+        <v>792</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>810</v>
+        <v>793</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>811</v>
+        <v>794</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>812</v>
+        <v>795</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>813</v>
+        <v>796</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I60" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="J60" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="K60" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="M60" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="N60" s="2" t="s">
-        <v>29</v>
+        <v>800</v>
       </c>
       <c r="O60" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>801</v>
+      </c>
+      <c r="Q60" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>814</v>
+        <v>802</v>
       </c>
       <c r="X60" s="2" t="s">
-        <v>815</v>
+        <v>803</v>
       </c>
       <c r="Y60" s="3" t="s">
-        <v>29</v>
+        <v>804</v>
       </c>
       <c r="Z60" s="3" t="s">
-        <v>29</v>
+        <v>805</v>
       </c>
       <c r="AA60" s="3" t="s">
-        <v>816</v>
+        <v>806</v>
       </c>
       <c r="AB60" s="2" t="s">
-        <v>31</v>
+        <v>583</v>
       </c>
       <c r="AC60" s="2" t="s">
-        <v>817</v>
+        <v>807</v>
       </c>
     </row>
     <row r="61" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>818</v>
+        <v>808</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>819</v>
+        <v>809</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>820</v>
+        <v>810</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>821</v>
+        <v>811</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>822</v>
+        <v>812</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I61" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N61" s="2" t="s">
-        <v>827</v>
+        <v>29</v>
       </c>
       <c r="O61" s="2" t="s">
-        <v>828</v>
+        <v>29</v>
       </c>
       <c r="P61" s="2" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="W61" s="3" t="s">
-        <v>830</v>
+        <v>813</v>
       </c>
       <c r="X61" s="2" t="s">
-        <v>831</v>
+        <v>814</v>
       </c>
       <c r="Y61" s="3" t="s">
-        <v>832</v>
+        <v>29</v>
       </c>
       <c r="Z61" s="3" t="s">
-        <v>833</v>
+        <v>29</v>
       </c>
       <c r="AA61" s="3" t="s">
-        <v>830</v>
+        <v>815</v>
       </c>
       <c r="AB61" s="2" t="s">
-        <v>834</v>
+        <v>31</v>
       </c>
       <c r="AC61" s="2" t="s">
-        <v>738</v>
+        <v>816</v>
       </c>
     </row>
     <row r="62" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>835</v>
+        <v>817</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>836</v>
+        <v>818</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
       <c r="H62" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>841</v>
+        <v>823</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N62" s="2" t="s">
-        <v>29</v>
+        <v>826</v>
       </c>
       <c r="O62" s="2" t="s">
-        <v>29</v>
+        <v>827</v>
       </c>
       <c r="P62" s="2" t="s">
-        <v>29</v>
+        <v>828</v>
       </c>
       <c r="Q62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>844</v>
+        <v>829</v>
       </c>
       <c r="X62" s="2" t="s">
-        <v>392</v>
+        <v>830</v>
       </c>
       <c r="Y62" s="3" t="s">
-        <v>845</v>
+        <v>831</v>
       </c>
       <c r="Z62" s="3" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
       <c r="AA62" s="3" t="s">
-        <v>847</v>
+        <v>829</v>
       </c>
       <c r="AB62" s="2" t="s">
-        <v>104</v>
+        <v>833</v>
       </c>
       <c r="AC62" s="2" t="s">
-        <v>86</v>
+        <v>737</v>
       </c>
     </row>
     <row r="63" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>848</v>
+        <v>834</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>849</v>
+        <v>835</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>751</v>
+        <v>836</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>850</v>
+        <v>837</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>838</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>851</v>
+        <v>839</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>852</v>
+        <v>840</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>853</v>
+        <v>841</v>
+      </c>
+      <c r="L63" s="2" t="s">
+        <v>842</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N63" s="2" t="s">
-        <v>854</v>
+        <v>29</v>
       </c>
       <c r="O63" s="2" t="s">
-        <v>855</v>
+        <v>29</v>
+      </c>
+      <c r="P63" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W63" s="3" t="s">
-        <v>856</v>
+        <v>843</v>
       </c>
       <c r="X63" s="2" t="s">
-        <v>857</v>
+        <v>391</v>
       </c>
       <c r="Y63" s="3" t="s">
-        <v>858</v>
+        <v>844</v>
       </c>
       <c r="Z63" s="3" t="s">
-        <v>859</v>
+        <v>845</v>
       </c>
       <c r="AA63" s="3" t="s">
-        <v>860</v>
+        <v>846</v>
       </c>
       <c r="AB63" s="2" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="AC63" s="2" t="s">
-        <v>861</v>
+        <v>86</v>
       </c>
     </row>
     <row r="64" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>862</v>
+        <v>847</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>864</v>
+        <v>750</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>865</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>849</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I64" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="J64" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="K64" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="M64" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="N64" s="2" t="s">
-        <v>867</v>
+        <v>853</v>
       </c>
       <c r="O64" s="2" t="s">
-        <v>868</v>
+        <v>854</v>
       </c>
       <c r="Q64" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>869</v>
+        <v>855</v>
       </c>
       <c r="X64" s="2" t="s">
-        <v>701</v>
+        <v>856</v>
       </c>
       <c r="Y64" s="3" t="s">
-        <v>29</v>
+        <v>857</v>
       </c>
       <c r="Z64" s="3" t="s">
-        <v>29</v>
+        <v>858</v>
       </c>
       <c r="AA64" s="3" t="s">
-        <v>870</v>
+        <v>859</v>
       </c>
       <c r="AB64" s="2" t="s">
-        <v>584</v>
+        <v>44</v>
       </c>
       <c r="AC64" s="2" t="s">
-        <v>792</v>
+        <v>860</v>
       </c>
     </row>
     <row r="65" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>873</v>
+        <v>863</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>874</v>
+        <v>864</v>
+      </c>
+      <c r="G65" s="2" t="s">
+        <v>865</v>
       </c>
       <c r="H65" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I65" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N65" s="2" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
       <c r="O65" s="2" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>879</v>
+        <v>867</v>
       </c>
       <c r="Q65" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>880</v>
+        <v>868</v>
       </c>
       <c r="X65" s="2" t="s">
-        <v>881</v>
+        <v>700</v>
       </c>
       <c r="Y65" s="3" t="s">
-        <v>882</v>
+        <v>29</v>
       </c>
       <c r="Z65" s="3" t="s">
-        <v>880</v>
+        <v>29</v>
       </c>
       <c r="AA65" s="3" t="s">
-        <v>883</v>
+        <v>869</v>
       </c>
       <c r="AB65" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC65" s="2" t="s">
-        <v>203</v>
+        <v>791</v>
       </c>
     </row>
     <row r="66" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>884</v>
+        <v>870</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>885</v>
+        <v>871</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>886</v>
+        <v>872</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-        <v>888</v>
+        <v>873</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>889</v>
+        <v>874</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>890</v>
+        <v>768</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>892</v>
+        <v>875</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N66" s="2" t="s">
-        <v>29</v>
+        <v>876</v>
       </c>
       <c r="O66" s="2" t="s">
-        <v>29</v>
+        <v>877</v>
       </c>
       <c r="P66" s="2" t="s">
-        <v>29</v>
+        <v>878</v>
       </c>
       <c r="Q66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="X66" s="2" t="s">
-        <v>894</v>
+        <v>880</v>
       </c>
       <c r="Y66" s="3" t="s">
-        <v>895</v>
+        <v>881</v>
       </c>
       <c r="Z66" s="3" t="s">
-        <v>896</v>
+        <v>879</v>
       </c>
       <c r="AA66" s="3" t="s">
-        <v>897</v>
+        <v>882</v>
       </c>
       <c r="AB66" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC66" s="2" t="s">
-        <v>898</v>
+        <v>202</v>
       </c>
     </row>
     <row r="67" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>899</v>
+        <v>883</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>900</v>
+        <v>884</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>901</v>
+        <v>885</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>902</v>
+        <v>886</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>903</v>
+        <v>887</v>
       </c>
       <c r="H67" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>904</v>
+        <v>888</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>905</v>
+        <v>889</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>906</v>
+        <v>890</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>907</v>
+        <v>891</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N67" s="2" t="s">
-        <v>908</v>
+        <v>29</v>
       </c>
       <c r="O67" s="2" t="s">
-        <v>909</v>
+        <v>29</v>
       </c>
       <c r="P67" s="2" t="s">
-        <v>910</v>
+        <v>29</v>
       </c>
       <c r="Q67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W67" s="3" t="s">
-        <v>911</v>
+        <v>892</v>
       </c>
       <c r="X67" s="2" t="s">
-        <v>912</v>
+        <v>893</v>
       </c>
       <c r="Y67" s="3" t="s">
-        <v>913</v>
+        <v>894</v>
       </c>
       <c r="Z67" s="3" t="s">
-        <v>914</v>
+        <v>895</v>
       </c>
       <c r="AA67" s="3" t="s">
-        <v>915</v>
+        <v>896</v>
       </c>
       <c r="AB67" s="2" t="s">
-        <v>29</v>
+        <v>583</v>
       </c>
       <c r="AC67" s="2" t="s">
-        <v>738</v>
+        <v>897</v>
       </c>
     </row>
     <row r="68" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>3</v>
+        <v>900</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>918</v>
+        <v>901</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>919</v>
+        <v>902</v>
       </c>
       <c r="H68" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I68" s="2" t="s">
+        <v>903</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>905</v>
+      </c>
+      <c r="L68" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="M68" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N68" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="O68" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="P68" s="2" t="s">
+        <v>909</v>
+      </c>
+      <c r="Q68" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W68" s="3" t="s">
+        <v>910</v>
+      </c>
+      <c r="X68" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="Y68" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="Z68" s="3" t="s">
+        <v>913</v>
+      </c>
+      <c r="AA68" s="3" t="s">
+        <v>914</v>
+      </c>
+      <c r="AB68" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="O68" s="2" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="AC68" s="2" t="s">
-        <v>555</v>
+        <v>737</v>
       </c>
     </row>
     <row r="69" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>925</v>
+        <v>915</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>926</v>
+        <v>916</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>927</v>
+        <v>3</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>928</v>
+        <v>917</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>929</v>
+        <v>918</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N69" s="2" t="s">
-        <v>930</v>
+        <v>29</v>
       </c>
       <c r="O69" s="2" t="s">
-        <v>931</v>
+        <v>29</v>
       </c>
       <c r="P69" s="2" t="s">
-        <v>932</v>
+        <v>29</v>
       </c>
       <c r="Q69" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>933</v>
+        <v>919</v>
       </c>
       <c r="X69" s="2" t="s">
-        <v>934</v>
+        <v>920</v>
       </c>
       <c r="Y69" s="3" t="s">
-        <v>935</v>
+        <v>921</v>
       </c>
       <c r="Z69" s="3" t="s">
-        <v>936</v>
+        <v>922</v>
       </c>
       <c r="AA69" s="3" t="s">
-        <v>937</v>
+        <v>923</v>
       </c>
       <c r="AB69" s="2" t="s">
-        <v>584</v>
+        <v>44</v>
       </c>
       <c r="AC69" s="2" t="s">
-        <v>938</v>
+        <v>554</v>
       </c>
     </row>
     <row r="70" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B70" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>926</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>927</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N70" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="O70" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="P70" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="Q70" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W70" s="3" t="s">
+        <v>932</v>
+      </c>
+      <c r="X70" s="2" t="s">
+        <v>933</v>
+      </c>
+      <c r="Y70" s="3" t="s">
+        <v>934</v>
+      </c>
+      <c r="Z70" s="3" t="s">
+        <v>935</v>
+      </c>
+      <c r="AA70" s="3" t="s">
+        <v>936</v>
+      </c>
+      <c r="AB70" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="AC70" s="2" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="71" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="D71" s="2" t="s">
         <v>939</v>
       </c>
-      <c r="D70" s="2" t="s">
+      <c r="E71" s="2" t="s">
         <v>940</v>
       </c>
-      <c r="E70" s="2" t="s">
+      <c r="F71" s="2" t="s">
         <v>941</v>
       </c>
-      <c r="F70" s="2" t="s">
+      <c r="G71" s="2" t="s">
         <v>942</v>
       </c>
-      <c r="G70" s="2" t="s">
+      <c r="H71" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N71" s="2" t="s">
         <v>943</v>
       </c>
-      <c r="H70" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N70" s="2" t="s">
+      <c r="O71" s="2" t="s">
         <v>944</v>
       </c>
-      <c r="O70" s="2" t="s">
+      <c r="P71" s="2" t="s">
         <v>945</v>
       </c>
-      <c r="P70" s="2" t="s">
+      <c r="Q71" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="R71" s="2" t="s">
         <v>946</v>
       </c>
-      <c r="Q70" s="2" t="s">
-[...2 lines deleted...]
-      <c r="R70" s="2" t="s">
+      <c r="S71" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="S70" s="2" t="s">
+      <c r="T71" s="2" t="s">
         <v>948</v>
       </c>
-      <c r="T70" s="2" t="s">
+      <c r="U71" s="2" t="s">
         <v>949</v>
       </c>
-      <c r="U70" s="2" t="s">
+      <c r="V71" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W71" s="3" t="s">
         <v>950</v>
       </c>
-      <c r="V70" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W70" s="3" t="s">
+      <c r="X71" s="2" t="s">
         <v>951</v>
       </c>
-      <c r="X70" s="2" t="s">
+      <c r="Y71" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="Z71" s="3" t="s">
         <v>952</v>
       </c>
-      <c r="Y70" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Z70" s="3" t="s">
+      <c r="AA71" s="3" t="s">
         <v>953</v>
       </c>
-      <c r="AA70" s="3" t="s">
+      <c r="AB71" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="AC71" s="2" t="s">
         <v>954</v>
-      </c>
-[...90 lines deleted...]
-        <v>973</v>
       </c>
     </row>
     <row r="72" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>974</v>
+        <v>938</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>976</v>
+        <v>956</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>977</v>
+        <v>957</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>978</v>
+        <v>958</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I72" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="J72" s="2" t="s">
+        <v>960</v>
+      </c>
+      <c r="K72" s="2" t="s">
+        <v>961</v>
+      </c>
+      <c r="L72" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="M72" s="2" t="s">
+        <v>36</v>
+      </c>
       <c r="N72" s="2" t="s">
-        <v>29</v>
+        <v>963</v>
       </c>
       <c r="O72" s="2" t="s">
-        <v>29</v>
+        <v>964</v>
       </c>
       <c r="P72" s="2" t="s">
-        <v>29</v>
+        <v>965</v>
       </c>
       <c r="Q72" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="R72" s="2" t="s">
+        <v>966</v>
+      </c>
+      <c r="S72" s="2" t="s">
+        <v>967</v>
+      </c>
+      <c r="T72" s="2" t="s">
+        <v>968</v>
+      </c>
+      <c r="U72" s="2" t="s">
+        <v>969</v>
+      </c>
+      <c r="V72" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="W72" s="3" t="s">
-        <v>979</v>
+        <v>950</v>
       </c>
       <c r="X72" s="2" t="s">
-        <v>980</v>
+        <v>951</v>
       </c>
       <c r="Y72" s="3" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="Z72" s="3" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="AA72" s="3" t="s">
-        <v>983</v>
+        <v>953</v>
       </c>
       <c r="AB72" s="2" t="s">
-        <v>501</v>
+        <v>583</v>
       </c>
       <c r="AC72" s="2" t="s">
-        <v>984</v>
+        <v>972</v>
       </c>
     </row>
     <row r="73" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>985</v>
+        <v>973</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>986</v>
+        <v>974</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>987</v>
+        <v>975</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>988</v>
+        <v>976</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>989</v>
+        <v>977</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="M73" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N73" s="2" t="s">
-        <v>990</v>
+        <v>29</v>
       </c>
       <c r="O73" s="2" t="s">
-        <v>991</v>
+        <v>29</v>
+      </c>
+      <c r="P73" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q73" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W73" s="3" t="s">
-        <v>992</v>
+        <v>978</v>
       </c>
       <c r="X73" s="2" t="s">
-        <v>993</v>
+        <v>979</v>
       </c>
       <c r="Y73" s="3" t="s">
-        <v>994</v>
+        <v>980</v>
       </c>
       <c r="Z73" s="3" t="s">
-        <v>995</v>
+        <v>981</v>
       </c>
       <c r="AA73" s="3" t="s">
-        <v>992</v>
+        <v>982</v>
       </c>
       <c r="AB73" s="2" t="s">
-        <v>584</v>
+        <v>500</v>
       </c>
       <c r="AC73" s="2" t="s">
-        <v>996</v>
+        <v>983</v>
       </c>
     </row>
     <row r="74" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>997</v>
+        <v>984</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>998</v>
+        <v>985</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>999</v>
+        <v>986</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>1000</v>
+        <v>987</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>1001</v>
+        <v>988</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="M74" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="N74" s="2" t="s">
-        <v>1002</v>
+        <v>989</v>
       </c>
       <c r="O74" s="2" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="Q74" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>1004</v>
+        <v>991</v>
       </c>
       <c r="X74" s="2" t="s">
-        <v>1005</v>
+        <v>992</v>
       </c>
       <c r="Y74" s="3" t="s">
-        <v>1006</v>
+        <v>993</v>
       </c>
       <c r="Z74" s="3" t="s">
-        <v>29</v>
+        <v>994</v>
       </c>
       <c r="AA74" s="3" t="s">
-        <v>1007</v>
+        <v>991</v>
+      </c>
+      <c r="AB74" s="2" t="s">
+        <v>583</v>
       </c>
       <c r="AC74" s="2" t="s">
-        <v>1008</v>
+        <v>995</v>
       </c>
     </row>
     <row r="75" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>1009</v>
+        <v>996</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>1010</v>
+        <v>997</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>1011</v>
+        <v>998</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>1012</v>
+        <v>999</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>1013</v>
+        <v>1000</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I75" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N75" s="2" t="s">
-        <v>1018</v>
+        <v>1001</v>
       </c>
       <c r="O75" s="2" t="s">
-        <v>1019</v>
+        <v>1002</v>
       </c>
       <c r="P75" s="2" t="s">
-        <v>1020</v>
+        <v>1000</v>
       </c>
       <c r="Q75" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>1021</v>
+        <v>1003</v>
       </c>
       <c r="X75" s="2" t="s">
-        <v>225</v>
+        <v>1004</v>
       </c>
       <c r="Y75" s="3" t="s">
-        <v>1022</v>
+        <v>1005</v>
       </c>
       <c r="Z75" s="3" t="s">
-        <v>1023</v>
+        <v>29</v>
       </c>
       <c r="AA75" s="3" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1006</v>
       </c>
       <c r="AC75" s="2" t="s">
-        <v>1025</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="76" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>1026</v>
+        <v>1008</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>1027</v>
+        <v>1009</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>30</v>
+        <v>1010</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>1028</v>
+        <v>1011</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>1029</v>
+        <v>1012</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>1030</v>
+        <v>1013</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>1031</v>
+        <v>1014</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>1032</v>
+        <v>1015</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>1033</v>
+        <v>1016</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N76" s="2" t="s">
-        <v>1034</v>
+        <v>1017</v>
       </c>
       <c r="O76" s="2" t="s">
-        <v>1035</v>
+        <v>1018</v>
       </c>
       <c r="P76" s="2" t="s">
-        <v>1036</v>
+        <v>1019</v>
       </c>
       <c r="Q76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>1037</v>
+        <v>1020</v>
       </c>
       <c r="X76" s="2" t="s">
-        <v>100</v>
+        <v>224</v>
       </c>
       <c r="Y76" s="3" t="s">
-        <v>1038</v>
+        <v>1021</v>
       </c>
       <c r="Z76" s="3" t="s">
-        <v>1039</v>
+        <v>1022</v>
       </c>
       <c r="AA76" s="3" t="s">
-        <v>1040</v>
+        <v>1023</v>
       </c>
       <c r="AB76" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC76" s="2" t="s">
-        <v>1041</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="77" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>1042</v>
+        <v>1025</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>1043</v>
+        <v>1026</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>1044</v>
+        <v>30</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>1045</v>
+        <v>1027</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>1028</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I77" s="2" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J77" s="2" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K77" s="2" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L77" s="2" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M77" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="N77" s="2" t="s">
-        <v>29</v>
+        <v>1033</v>
       </c>
       <c r="O77" s="2" t="s">
-        <v>29</v>
+        <v>1034</v>
+      </c>
+      <c r="P77" s="2" t="s">
+        <v>1035</v>
       </c>
       <c r="Q77" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>1046</v>
+        <v>1036</v>
       </c>
       <c r="X77" s="2" t="s">
-        <v>1047</v>
+        <v>100</v>
       </c>
       <c r="Y77" s="3" t="s">
-        <v>1048</v>
+        <v>1037</v>
       </c>
       <c r="Z77" s="3" t="s">
-        <v>1049</v>
+        <v>1038</v>
       </c>
       <c r="AA77" s="3" t="s">
-        <v>1050</v>
+        <v>1039</v>
       </c>
       <c r="AB77" s="2" t="s">
-        <v>1051</v>
+        <v>44</v>
       </c>
       <c r="AC77" s="2" t="s">
-        <v>808</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="78" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>1052</v>
+        <v>1041</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>769</v>
+        <v>1043</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>1054</v>
+        <v>1044</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="M78" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N78" s="2" t="s">
-        <v>1055</v>
+        <v>29</v>
       </c>
       <c r="O78" s="2" t="s">
-        <v>1056</v>
+        <v>29</v>
       </c>
       <c r="Q78" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>1057</v>
+        <v>1045</v>
       </c>
       <c r="X78" s="2" t="s">
-        <v>1058</v>
+        <v>1046</v>
       </c>
       <c r="Y78" s="3" t="s">
-        <v>1059</v>
+        <v>1047</v>
       </c>
       <c r="Z78" s="3" t="s">
-        <v>1060</v>
+        <v>1048</v>
       </c>
       <c r="AA78" s="3" t="s">
-        <v>1061</v>
+        <v>1049</v>
       </c>
       <c r="AB78" s="2" t="s">
-        <v>584</v>
+        <v>1050</v>
       </c>
       <c r="AC78" s="2" t="s">
-        <v>1062</v>
+        <v>807</v>
       </c>
     </row>
     <row r="79" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>1063</v>
+        <v>1051</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>1064</v>
+        <v>1052</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>1065</v>
+        <v>768</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>1066</v>
+        <v>1053</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N79" s="2" t="s">
-        <v>29</v>
+        <v>1054</v>
       </c>
       <c r="O79" s="2" t="s">
-        <v>29</v>
+        <v>1055</v>
       </c>
       <c r="Q79" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="X79" s="2" t="s">
-        <v>1068</v>
+        <v>1057</v>
       </c>
       <c r="Y79" s="3" t="s">
-        <v>1069</v>
+        <v>1058</v>
       </c>
       <c r="Z79" s="3" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
       <c r="AA79" s="3" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="AB79" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC79" s="2" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="80" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>1074</v>
+        <v>1063</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>1075</v>
+        <v>1064</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>1076</v>
+        <v>1065</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q80" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>1077</v>
+        <v>1066</v>
       </c>
       <c r="X80" s="2" t="s">
-        <v>1078</v>
+        <v>1067</v>
       </c>
       <c r="Y80" s="3" t="s">
-        <v>1079</v>
+        <v>1068</v>
       </c>
       <c r="Z80" s="3" t="s">
-        <v>1080</v>
+        <v>1069</v>
       </c>
       <c r="AA80" s="3" t="s">
-        <v>1081</v>
+        <v>1070</v>
       </c>
       <c r="AB80" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC80" s="2" t="s">
-        <v>1082</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="81" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>1083</v>
+        <v>1072</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>1084</v>
+        <v>1073</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>501</v>
+        <v>1074</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>1085</v>
-[...2 lines deleted...]
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q81" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>1089</v>
+        <v>1076</v>
       </c>
       <c r="X81" s="2" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
       <c r="Y81" s="3" t="s">
-        <v>29</v>
+        <v>1078</v>
       </c>
       <c r="Z81" s="3" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
       <c r="AA81" s="3" t="s">
-        <v>1092</v>
+        <v>1080</v>
       </c>
       <c r="AB81" s="2" t="s">
-        <v>29</v>
+        <v>583</v>
       </c>
       <c r="AC81" s="2" t="s">
-        <v>1093</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="82" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>1094</v>
+        <v>1082</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>1095</v>
+        <v>1083</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>1096</v>
+        <v>500</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>1097</v>
+        <v>1084</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>1085</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>36</v>
+      </c>
+      <c r="I82" s="2" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J82" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="K82" s="2" t="s">
+        <v>1087</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>1098</v>
+        <v>1088</v>
       </c>
       <c r="X82" s="2" t="s">
-        <v>1099</v>
+        <v>1089</v>
       </c>
       <c r="Y82" s="3" t="s">
-        <v>1100</v>
+        <v>29</v>
       </c>
       <c r="Z82" s="3" t="s">
-        <v>1101</v>
+        <v>1090</v>
       </c>
       <c r="AA82" s="3" t="s">
-        <v>1102</v>
+        <v>1091</v>
       </c>
       <c r="AB82" s="2" t="s">
-        <v>584</v>
+        <v>29</v>
       </c>
       <c r="AC82" s="2" t="s">
-        <v>1103</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="83" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>1104</v>
+        <v>1093</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>1105</v>
+        <v>1094</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>1106</v>
+        <v>1095</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>1108</v>
+        <v>1096</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I83" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N83" s="2" t="s">
-        <v>1110</v>
+        <v>29</v>
       </c>
       <c r="O83" s="2" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>29</v>
       </c>
       <c r="Q83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>1111</v>
+        <v>1097</v>
       </c>
       <c r="X83" s="2" t="s">
-        <v>288</v>
+        <v>1098</v>
       </c>
       <c r="Y83" s="3" t="s">
-        <v>1112</v>
+        <v>1099</v>
       </c>
       <c r="Z83" s="3" t="s">
-        <v>1113</v>
+        <v>1100</v>
       </c>
       <c r="AA83" s="3" t="s">
-        <v>1114</v>
+        <v>1101</v>
       </c>
       <c r="AB83" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC83" s="2" t="s">
-        <v>1115</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="84" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>1116</v>
+        <v>1103</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>1117</v>
+        <v>1104</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>716</v>
+        <v>1105</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>1118</v>
+        <v>1106</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>1119</v>
+        <v>1107</v>
       </c>
       <c r="H84" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>1120</v>
+        <v>1104</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>1121</v>
+        <v>1105</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>1122</v>
+        <v>1108</v>
+      </c>
+      <c r="L84" s="2" t="s">
+        <v>1107</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N84" s="2" t="s">
-        <v>29</v>
+        <v>1109</v>
       </c>
       <c r="O84" s="2" t="s">
-        <v>29</v>
+        <v>1109</v>
+      </c>
+      <c r="P84" s="2" t="s">
+        <v>1109</v>
       </c>
       <c r="Q84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>1123</v>
+        <v>1110</v>
       </c>
       <c r="X84" s="2" t="s">
-        <v>1124</v>
+        <v>287</v>
       </c>
       <c r="Y84" s="3" t="s">
-        <v>1125</v>
+        <v>1111</v>
       </c>
       <c r="Z84" s="3" t="s">
-        <v>1126</v>
+        <v>1112</v>
       </c>
       <c r="AA84" s="3" t="s">
-        <v>29</v>
+        <v>1113</v>
       </c>
       <c r="AB84" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC84" s="2" t="s">
-        <v>1127</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="85" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>1128</v>
+        <v>1115</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>1129</v>
+        <v>1116</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>1130</v>
+        <v>715</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>1131</v>
+        <v>1117</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>1118</v>
       </c>
       <c r="H85" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>1132</v>
+        <v>1119</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>1133</v>
+        <v>1120</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>1134</v>
-[...2 lines deleted...]
-        <v>1135</v>
+        <v>1121</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N85" s="2" t="s">
-        <v>1136</v>
+        <v>29</v>
       </c>
       <c r="O85" s="2" t="s">
-        <v>1137</v>
+        <v>29</v>
       </c>
       <c r="Q85" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>1138</v>
+        <v>1122</v>
       </c>
       <c r="X85" s="2" t="s">
-        <v>1139</v>
+        <v>1123</v>
       </c>
       <c r="Y85" s="3" t="s">
-        <v>895</v>
+        <v>1124</v>
       </c>
       <c r="Z85" s="3" t="s">
-        <v>1140</v>
+        <v>1125</v>
       </c>
       <c r="AA85" s="3" t="s">
-        <v>1141</v>
+        <v>29</v>
       </c>
       <c r="AB85" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC85" s="2" t="s">
-        <v>808</v>
+        <v>1126</v>
       </c>
     </row>
-    <row r="86" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-        <v>29</v>
+    <row r="86" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="B86" s="6" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L86" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>1151</v>
-[...2 lines deleted...]
-        <v>1152</v>
+        <v>1266</v>
+      </c>
+      <c r="X86" s="5" t="s">
+        <v>1267</v>
       </c>
       <c r="Y86" s="3" t="s">
-        <v>29</v>
+        <v>1268</v>
       </c>
       <c r="Z86" s="3" t="s">
-        <v>1153</v>
+        <v>1269</v>
       </c>
       <c r="AA86" s="3" t="s">
-        <v>1154</v>
-[...5 lines deleted...]
-        <v>808</v>
+        <v>1266</v>
+      </c>
+      <c r="AB86" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="AC86" s="5" t="s">
+        <v>1265</v>
       </c>
     </row>
     <row r="87" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>1155</v>
+        <v>1127</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>1156</v>
+        <v>1128</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>1157</v>
+        <v>1129</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>1158</v>
-[...2 lines deleted...]
-        <v>1159</v>
+        <v>1130</v>
       </c>
       <c r="H87" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I87" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="J87" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="K87" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="L87" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="M87" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N87" s="2" t="s">
-        <v>29</v>
+        <v>1135</v>
       </c>
       <c r="O87" s="2" t="s">
-        <v>29</v>
+        <v>1136</v>
+      </c>
+      <c r="Q87" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>1160</v>
+        <v>1137</v>
       </c>
       <c r="X87" s="2" t="s">
-        <v>1161</v>
+        <v>1138</v>
       </c>
       <c r="Y87" s="3" t="s">
-        <v>1162</v>
+        <v>894</v>
       </c>
       <c r="Z87" s="3" t="s">
-        <v>1163</v>
+        <v>1139</v>
       </c>
       <c r="AA87" s="3" t="s">
-        <v>1164</v>
+        <v>1140</v>
+      </c>
+      <c r="AB87" s="2" t="s">
+        <v>583</v>
       </c>
       <c r="AC87" s="2" t="s">
-        <v>1165</v>
+        <v>807</v>
       </c>
     </row>
     <row r="88" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>1166</v>
+        <v>1141</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>1167</v>
+        <v>1142</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>1168</v>
+        <v>1143</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>1169</v>
+        <v>1144</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>1145</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>36</v>
+      </c>
+      <c r="I88" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J88" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K88" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L88" s="2" t="s">
+        <v>1149</v>
       </c>
       <c r="N88" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O88" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>1170</v>
+        <v>1150</v>
       </c>
       <c r="X88" s="2" t="s">
-        <v>1171</v>
+        <v>1151</v>
       </c>
       <c r="Y88" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z88" s="3" t="s">
-        <v>1172</v>
+        <v>1152</v>
       </c>
       <c r="AA88" s="3" t="s">
-        <v>1173</v>
+        <v>1153</v>
+      </c>
+      <c r="AB88" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="AC88" s="2" t="s">
-        <v>1174</v>
+        <v>807</v>
       </c>
     </row>
     <row r="89" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>1175</v>
+        <v>1154</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>1176</v>
+        <v>1155</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>3</v>
+        <v>1156</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>1177</v>
+        <v>1157</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>1178</v>
+        <v>1158</v>
       </c>
       <c r="H89" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N89" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O89" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="Q89" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W89" s="3" t="s">
-        <v>1179</v>
+        <v>1159</v>
       </c>
       <c r="X89" s="2" t="s">
-        <v>1180</v>
+        <v>1160</v>
       </c>
       <c r="Y89" s="3" t="s">
-        <v>1181</v>
+        <v>1161</v>
       </c>
       <c r="Z89" s="3" t="s">
-        <v>1182</v>
+        <v>1162</v>
       </c>
       <c r="AA89" s="3" t="s">
-        <v>1183</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>1163</v>
       </c>
       <c r="AC89" s="2" t="s">
-        <v>1184</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="90" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>1185</v>
+        <v>1165</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>1186</v>
+        <v>1166</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>1167</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1168</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N90" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="Q90" s="2" t="s">
-        <v>31</v>
+      <c r="O90" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>1191</v>
+        <v>1169</v>
       </c>
       <c r="X90" s="2" t="s">
-        <v>1192</v>
+        <v>1170</v>
       </c>
       <c r="Y90" s="3" t="s">
-        <v>1193</v>
+        <v>29</v>
       </c>
       <c r="Z90" s="3" t="s">
-        <v>1194</v>
+        <v>1171</v>
       </c>
       <c r="AA90" s="3" t="s">
-        <v>1195</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>1172</v>
       </c>
       <c r="AC90" s="2" t="s">
-        <v>705</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="91" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>1196</v>
+        <v>1174</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>1197</v>
+        <v>1175</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>1198</v>
+        <v>3</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>1199</v>
+        <v>1176</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>1200</v>
+        <v>1177</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N91" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q91" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W91" s="3" t="s">
-        <v>1201</v>
+        <v>1178</v>
       </c>
       <c r="X91" s="2" t="s">
-        <v>1202</v>
+        <v>1179</v>
       </c>
       <c r="Y91" s="3" t="s">
-        <v>1203</v>
+        <v>1180</v>
       </c>
       <c r="Z91" s="3" t="s">
-        <v>1204</v>
+        <v>1181</v>
       </c>
       <c r="AA91" s="3" t="s">
-        <v>1205</v>
+        <v>1182</v>
       </c>
       <c r="AB91" s="2" t="s">
-        <v>1206</v>
+        <v>583</v>
       </c>
       <c r="AC91" s="2" t="s">
-        <v>1207</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="92" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>1208</v>
+        <v>1184</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>1209</v>
-[...2 lines deleted...]
-        <v>1210</v>
+        <v>1185</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>1211</v>
+        <v>1186</v>
+      </c>
+      <c r="G92" s="2" t="s">
+        <v>1187</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>1212</v>
-[...2 lines deleted...]
-        <v>1213</v>
+        <v>1188</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>1214</v>
-[...2 lines deleted...]
-        <v>1215</v>
+        <v>1189</v>
       </c>
       <c r="M92" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N92" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="O92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q92" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>1216</v>
+        <v>1190</v>
       </c>
       <c r="X92" s="2" t="s">
-        <v>1217</v>
+        <v>1191</v>
       </c>
       <c r="Y92" s="3" t="s">
-        <v>1218</v>
+        <v>1192</v>
       </c>
       <c r="Z92" s="3" t="s">
-        <v>1219</v>
+        <v>1193</v>
       </c>
       <c r="AA92" s="3" t="s">
-        <v>1220</v>
+        <v>1194</v>
       </c>
       <c r="AB92" s="2" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="AC92" s="2" t="s">
-        <v>705</v>
+        <v>704</v>
       </c>
     </row>
     <row r="93" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>1221</v>
+        <v>1195</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>1222</v>
+        <v>1196</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>811</v>
+        <v>1197</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>1223</v>
+        <v>1198</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>1224</v>
+        <v>1199</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I93" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M93" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N93" s="2" t="s">
-        <v>1229</v>
+        <v>29</v>
       </c>
       <c r="O93" s="2" t="s">
-        <v>1230</v>
-[...2 lines deleted...]
-        <v>1231</v>
+        <v>29</v>
       </c>
       <c r="Q93" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>1232</v>
+        <v>1200</v>
       </c>
       <c r="X93" s="2" t="s">
-        <v>1233</v>
+        <v>1201</v>
       </c>
       <c r="Y93" s="3" t="s">
-        <v>1234</v>
+        <v>1202</v>
       </c>
       <c r="Z93" s="3" t="s">
-        <v>1234</v>
+        <v>1203</v>
       </c>
       <c r="AA93" s="3" t="s">
-        <v>1232</v>
+        <v>1204</v>
       </c>
       <c r="AB93" s="2" t="s">
-        <v>104</v>
+        <v>1205</v>
       </c>
       <c r="AC93" s="2" t="s">
-        <v>1235</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="94" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="B94" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F94" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I94" s="2" t="s">
+        <v>1211</v>
+      </c>
+      <c r="J94" s="2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="K94" s="2" t="s">
+        <v>1213</v>
+      </c>
+      <c r="L94" s="2" t="s">
+        <v>1214</v>
+      </c>
+      <c r="M94" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N94" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="O94" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q94" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W94" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="X94" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="Y94" s="3" t="s">
+        <v>1217</v>
+      </c>
+      <c r="Z94" s="3" t="s">
+        <v>1218</v>
+      </c>
+      <c r="AA94" s="3" t="s">
+        <v>1219</v>
+      </c>
+      <c r="AB94" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="AC94" s="2" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="95" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I95" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J95" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="K95" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="L95" s="2" t="s">
+        <v>1227</v>
+      </c>
+      <c r="M95" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N95" s="2" t="s">
+        <v>1228</v>
+      </c>
+      <c r="O95" s="2" t="s">
+        <v>1229</v>
+      </c>
+      <c r="P95" s="2" t="s">
+        <v>1230</v>
+      </c>
+      <c r="Q95" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W95" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="X95" s="2" t="s">
+        <v>1232</v>
+      </c>
+      <c r="Y95" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="Z95" s="3" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AA95" s="3" t="s">
+        <v>1231</v>
+      </c>
+      <c r="AB95" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC95" s="2" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="96" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>1235</v>
+      </c>
+      <c r="I96" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="I94" s="2" t="s">
+      <c r="J96" s="2" t="s">
         <v>1237</v>
       </c>
-      <c r="J94" s="2" t="s">
+      <c r="K96" s="2" t="s">
         <v>1238</v>
       </c>
-      <c r="K94" s="2" t="s">
+      <c r="N96" s="2" t="s">
         <v>1239</v>
       </c>
-      <c r="N94" s="2" t="s">
+      <c r="O96" s="2" t="s">
         <v>1240</v>
       </c>
-      <c r="O94" s="2" t="s">
-[...5 lines deleted...]
-      <c r="AA94" s="3"/>
+      <c r="W96" s="3"/>
+      <c r="Y96" s="3"/>
+      <c r="Z96" s="3"/>
+      <c r="AA96" s="3"/>
+    </row>
+    <row r="97" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>1249</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>1185</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>1250</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:AC93" xr:uid="{8C73AD69-2106-4342-8EA5-30A7A94C7EDA}"/>
+  <autoFilter ref="A1:AC97" xr:uid="{8C73AD69-2106-4342-8EA5-30A7A94C7EDA}"/>
   <hyperlinks>
     <hyperlink ref="W4" r:id="rId1" xr:uid="{5B6774E1-A47D-4F85-A86B-1D9145E6393C}"/>
-    <hyperlink ref="Y33" r:id="rId2" xr:uid="{D3F65D18-5134-469A-B635-2D2E922F54BF}"/>
+    <hyperlink ref="Y34" r:id="rId2" xr:uid="{D3F65D18-5134-469A-B635-2D2E922F54BF}"/>
     <hyperlink ref="K23" r:id="rId3" display="mailto:jennifer.applebee@duke.edu" xr:uid="{14C2E1A3-D291-4823-9562-DA52FEAEA3F8}"/>
     <hyperlink ref="F4" r:id="rId4" display="mailto:cchaynes@uncg.edu" xr:uid="{BE620BB1-52D9-44D5-9933-E6A0F15D74D9}"/>
+    <hyperlink ref="F2" r:id="rId5" tooltip="mailto:pippenn25@ecu.edu" display="mailto:pippenn25@ecu.edu" xr:uid="{CAE0E159-AB2A-4D58-A427-26A9E03B36D1}"/>
+    <hyperlink ref="F8" r:id="rId6" display="mailto:lewandowskic@uncw.edu" xr:uid="{7EE8AC3F-081A-4C98-B01E-C18983C4B259}"/>
+    <hyperlink ref="Y86" r:id="rId7" xr:uid="{E8BBED7A-E8E9-4563-A316-E287C58E8BCE}"/>
+    <hyperlink ref="Z86" r:id="rId8" xr:uid="{DCB377B7-7945-4A44-9F3D-0BDD839E731B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId5"/>
+  <pageSetup orientation="portrait" r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="64e123e2-0047-416d-9778-904dcefa60fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100185466203A8079449C736E29E5B1D821" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0549bdb613642b87558cfa582cc25fc9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="64e123e2-0047-416d-9778-904dcefa60fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44ba09baab7ecb16fa1fd008e79728ce" ns3:_="">
     <xsd:import namespace="64e123e2-0047-416d-9778-904dcefa60fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -10381,89 +10615,90 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3500346D-E636-49CE-85E2-C77C09F1A350}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48352A01-CC83-4DD7-8692-A0FDEB0D19D8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{638EFDE8-69D2-4359-96C7-0960B1157BA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48352A01-CC83-4DD7-8692-A0FDEB0D19D8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3500346D-E636-49CE-85E2-C77C09F1A350}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Colleges</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>