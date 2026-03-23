--- v1 (2025-12-08)
+++ v2 (2026-03-23)
@@ -2,89 +2,89 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/kendyl_lopp_nc_gov/Documents/Ed2NC Contact Directory/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="101" documentId="8_{E1DAC822-44FB-4CBE-8188-E278513114D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{45F063D3-076D-4D48-BE4E-B9398BBA79CA}"/>
+  <xr:revisionPtr revIDLastSave="192" documentId="8_{E1DAC822-44FB-4CBE-8188-E278513114D5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A1194914-0B57-4B7B-BCCD-1FAC82BD2BF2}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{7EDE656B-183C-4997-A7F2-B672DC83B6C6}"/>
   </bookViews>
   <sheets>
     <sheet name="Colleges" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Colleges!$A$1:$AC$97</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Colleges!$A$1:$AC$99</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1947" uniqueCount="1275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1991" uniqueCount="1305">
   <si>
     <t>Institution Type</t>
   </si>
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t>Career Center Name</t>
   </si>
   <si>
     <t>Director of Career Services</t>
   </si>
   <si>
     <t>Director of Career Services Contact Title</t>
   </si>
   <si>
     <t>Director of Career Services 
 Contact Email</t>
   </si>
   <si>
     <t>Phone #</t>
   </si>
   <si>
     <t>Main Contact?</t>
   </si>
@@ -330,60 +330,51 @@
   <si>
     <t>https://cpd.uncg.edu/employers/attendevents/</t>
   </si>
   <si>
     <t>https://www.uncg.edu/</t>
   </si>
   <si>
     <t>["Career Fairs","Classroom Presentations","Connect with Student Organization","Employer Panels","Mock Interviews","Information Sessions".]</t>
   </si>
   <si>
     <t>University of North Carolina at Charlotte</t>
   </si>
   <si>
     <t>Patrick Madsen</t>
   </si>
   <si>
     <t>Associate Dean for Advising and Experiential Learning</t>
   </si>
   <si>
     <t>pmadsen@charlotte.edu</t>
   </si>
   <si>
     <t>704-687-0784</t>
   </si>
   <si>
-    <t>Tyler Calloway</t>
-[...1 lines deleted...]
-  <si>
     <t>Assistant Director, Industry Specialist</t>
-  </si>
-[...4 lines deleted...]
-    <t>704-687-0787</t>
   </si>
   <si>
     <t>Katie Cicillini</t>
   </si>
   <si>
     <t>katie.cicillini@charlotte.edu</t>
   </si>
   <si>
     <t>704-687-0786</t>
   </si>
   <si>
     <t>https://career.charlotte.edu/</t>
   </si>
   <si>
     <t>Charlotte</t>
   </si>
   <si>
     <t>https://hireaniner.charlotte.edu/</t>
   </si>
   <si>
     <t>https://hireaniner.charlotte.edu/events/</t>
   </si>
   <si>
     <t>https://academics.charlotte.edu/undergraduate-programs</t>
   </si>
@@ -1553,53 +1544,50 @@
   <si>
     <t>Emily Smith</t>
   </si>
   <si>
     <t>Director of Internships and Pre-Professional Advising</t>
   </si>
   <si>
     <t>emily.smith@salem.edu</t>
   </si>
   <si>
     <t>https://www.salem.edu/</t>
   </si>
   <si>
     <t>https://salem.joinhandshake.com/login?ref=app-domain</t>
   </si>
   <si>
     <t>https://www.salem.edu/centers/lucy-rose-center/</t>
   </si>
   <si>
     <t>https://www.salem.edu/academics/academic-programs/</t>
   </si>
   <si>
     <t>["Career Fairs","Employer Panels","Internship Fairs".]</t>
   </si>
   <si>
-    <t>Wingate University</t>
-[...1 lines deleted...]
-  <si>
     <t>Kaylee Matthews</t>
   </si>
   <si>
     <t>Career Coach</t>
   </si>
   <si>
     <t>k.matthews@wingate.edu</t>
   </si>
   <si>
     <t>704-233-6142</t>
   </si>
   <si>
     <t>careerhelp@wingate.edu</t>
   </si>
   <si>
     <t>https://www.wingate.edu/</t>
   </si>
   <si>
     <t>Wingate</t>
   </si>
   <si>
     <t>https://wingate.joinhandshake.com/login</t>
   </si>
   <si>
     <t>https://www.wingate.edu/mygate-students/career-services</t>
@@ -3812,53 +3800,50 @@
   <si>
     <t>Employer and Corporate Relations Manager</t>
   </si>
   <si>
     <t>cchaynes@uncg.edu </t>
   </si>
   <si>
     <t>336-334-5430</t>
   </si>
   <si>
     <t>Career Services Director</t>
   </si>
   <si>
     <t>pippenn25@ecu.edu</t>
   </si>
   <si>
     <t>Christopher L Lewandowski</t>
   </si>
   <si>
     <t>lewandowskic@uncw.edu</t>
   </si>
   <si>
     <t>Asheville-Buncombe Technical Community College</t>
   </si>
   <si>
-    <t>CareerServices@ABTech.edu</t>
-[...1 lines deleted...]
-  <si>
     <t>Lees-McRae College</t>
   </si>
   <si>
     <t>Daniel Buettner</t>
   </si>
   <si>
     <t>828-898-3311</t>
   </si>
   <si>
     <t>buettnerd@lmc.edu</t>
   </si>
   <si>
     <t>careerservices@lmc.edu</t>
   </si>
   <si>
     <t>Deborah Lowery</t>
   </si>
   <si>
     <t>loweryd@lmc.edu</t>
   </si>
   <si>
     <t>828-898-8712</t>
   </si>
   <si>
     <t xml:space="preserve">South Piedmont Community College  </t>
@@ -3885,50 +3870,155 @@
     <t>https://spcc.edu</t>
   </si>
   <si>
     <t>Monroe</t>
   </si>
   <si>
     <t>https://www.collegecentral.com/spcc</t>
   </si>
   <si>
     <t>https://spcc.edu/business-workforce-solutions/sp-career-connector</t>
   </si>
   <si>
     <t>https://www.lmc.edu/index.htm</t>
   </si>
   <si>
     <t>Banner Elk</t>
   </si>
   <si>
     <t>https://www.lmc.edu/academics/careers/index.htm</t>
   </si>
   <si>
     <t>https://www.lmc.edu/academics/programs/index.htm</t>
   </si>
   <si>
     <t>["Career Fairs","Experiential Learning Project","Internship Fairs","Classroom Presentations","Employer Panels","Information Sessions."]</t>
+  </si>
+  <si>
+    <t>Sydney Gallup</t>
+  </si>
+  <si>
+    <t>sgallup@charlotte.edu</t>
+  </si>
+  <si>
+    <t>Director for Admissions and Counseling Services</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Johnston Community College </t>
+  </si>
+  <si>
+    <t>Letitia Rawlinson</t>
+  </si>
+  <si>
+    <t>llrawlinson@johnstoncc.edu</t>
+  </si>
+  <si>
+    <t>919-209-2592</t>
+  </si>
+  <si>
+    <t>Sonya Hayes</t>
+  </si>
+  <si>
+    <t>sahayes@johnstoncc.edu</t>
+  </si>
+  <si>
+    <t>919-209-2042</t>
+  </si>
+  <si>
+    <t>Wendy Tart</t>
+  </si>
+  <si>
+    <t>wmtart@johnstoncc.edu</t>
+  </si>
+  <si>
+    <t>919-209-2030</t>
+  </si>
+  <si>
+    <t>College of The Albemarle</t>
+  </si>
+  <si>
+    <t>Derek Meredith</t>
+  </si>
+  <si>
+    <t>Director, Advising and Student Success</t>
+  </si>
+  <si>
+    <t>derek_meredith@albemarle.edu</t>
+  </si>
+  <si>
+    <t>252-335-0821 ext. 2277</t>
+  </si>
+  <si>
+    <t>Kelvin Brown</t>
+  </si>
+  <si>
+    <t>Academic and Career Advisor</t>
+  </si>
+  <si>
+    <t>kelvin_brown78@albemarle.edu</t>
+  </si>
+  <si>
+    <t>252-335-0821 ext. 2243</t>
+  </si>
+  <si>
+    <t>Veronica Downing</t>
+  </si>
+  <si>
+    <t>veronica_downing88@albemarle.edu</t>
+  </si>
+  <si>
+    <t>252-335-0821 ext. 2499</t>
+  </si>
+  <si>
+    <t>https://www.albemarle.edu/</t>
+  </si>
+  <si>
+    <t>Elizabeth City</t>
+  </si>
+  <si>
+    <t>https://www.albemarle.edu/student-resources/career-services/</t>
+  </si>
+  <si>
+    <t>Heather Pack</t>
+  </si>
+  <si>
+    <t>Director Support Services</t>
+  </si>
+  <si>
+    <t>careerservices@abtech.edu</t>
+  </si>
+  <si>
+    <t>Whitney Husz</t>
+  </si>
+  <si>
+    <t>https://abtech.edu/careers</t>
+  </si>
+  <si>
+    <t>https://abtech.lightcastcc.com/work-opportunities?region=60%20Mile%20Radius&amp;radius=</t>
+  </si>
+  <si>
+    <t>https://abtech.edu/programs/academic</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
@@ -3959,65 +4049,61 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...2 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -4320,53 +4406,55 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://spcc.edu/business-workforce-solutions/sp-career-connector" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jennifer.applebee@duke.edu" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.collegecentral.com/spcc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hr.wfu.edu/careers/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bryan.uncg.edu/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lewandowskic@uncw.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pippenn25@ecu.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cchaynes@uncg.edu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EBC97F3C-A475-41E5-8D59-AE120069FF4D}">
   <sheetPr>
     <tabColor theme="8" tint="0.59999389629810485"/>
   </sheetPr>
-  <dimension ref="A1:AC97"/>
+  <dimension ref="A1:AC99"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="61.6640625" customWidth="1"/>
     <col min="2" max="2" width="67.44140625" customWidth="1"/>
     <col min="3" max="3" width="58.6640625" customWidth="1"/>
     <col min="4" max="4" width="35" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="63.33203125" customWidth="1"/>
     <col min="6" max="6" width="34.5546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="21.6640625" customWidth="1"/>
     <col min="8" max="8" width="18.33203125" customWidth="1"/>
     <col min="9" max="9" width="40.33203125" customWidth="1"/>
     <col min="10" max="10" width="53.5546875" customWidth="1"/>
     <col min="11" max="11" width="35.88671875" customWidth="1"/>
     <col min="12" max="12" width="32" customWidth="1"/>
     <col min="13" max="13" width="18.33203125" customWidth="1"/>
     <col min="14" max="14" width="36" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="41.6640625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="30.109375" customWidth="1"/>
     <col min="17" max="17" width="18" customWidth="1"/>
     <col min="18" max="18" width="31" customWidth="1"/>
     <col min="19" max="19" width="30.109375" customWidth="1"/>
     <col min="20" max="20" width="29.109375" customWidth="1"/>
     <col min="21" max="21" width="24.109375" customWidth="1"/>
     <col min="22" max="22" width="18.6640625" customWidth="1"/>
@@ -4456,57 +4544,57 @@
       </c>
       <c r="Z1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="2" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A2" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>1245</v>
+        <v>1241</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>1246</v>
+        <v>1242</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I2" s="2" t="s">
         <v>32</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>34</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>35</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N2" s="2" t="s">
         <v>37</v>
       </c>
       <c r="O2" s="2" t="s">
         <v>38</v>
       </c>
@@ -4598,60 +4686,60 @@
       </c>
       <c r="Z3" s="3" t="s">
         <v>59</v>
       </c>
       <c r="AA3" s="3" t="s">
         <v>60</v>
       </c>
       <c r="AB3" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC3" s="2" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="4" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D4" s="2" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>1242</v>
+        <v>1238</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>1243</v>
+        <v>1239</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>1244</v>
+        <v>1240</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="2" t="s">
         <v>64</v>
       </c>
       <c r="O4" s="2" t="s">
         <v>65</v>
       </c>
       <c r="P4" s="2" t="s">
         <v>66</v>
       </c>
       <c r="Q4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W4" s="3" t="s">
         <v>67</v>
       </c>
       <c r="X4" s="2" t="s">
         <v>68</v>
       </c>
       <c r="Y4" s="3" t="s">
         <v>69</v>
       </c>
@@ -4737,5746 +4825,5895 @@
       </c>
     </row>
     <row r="6" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>88</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>91</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="2" t="s">
+        <v>1270</v>
+      </c>
+      <c r="J6" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="J6" s="2" t="s">
+      <c r="K6" s="2" t="s">
+        <v>1271</v>
+      </c>
+      <c r="M6" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N6" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="K6" s="2" t="s">
+      <c r="O6" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="L6" s="2" t="s">
+      <c r="P6" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="M6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N6" s="2" t="s">
+      <c r="Q6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W6" s="3" t="s">
         <v>96</v>
       </c>
-      <c r="O6" s="2" t="s">
+      <c r="X6" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="P6" s="2" t="s">
+      <c r="Y6" s="3" t="s">
         <v>98</v>
       </c>
-      <c r="Q6" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W6" s="3" t="s">
+      <c r="Z6" s="3" t="s">
         <v>99</v>
       </c>
-      <c r="X6" s="2" t="s">
+      <c r="AA6" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="Y6" s="3" t="s">
+      <c r="AB6" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="Z6" s="3" t="s">
+      <c r="AC6" s="2" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="7" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F7" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I7" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="J7" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="G7" s="2" t="s">
+      <c r="K7" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="H7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="2" t="s">
+      <c r="L7" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="M7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N7" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="J7" s="2" t="s">
+      <c r="O7" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="K7" s="2" t="s">
+      <c r="P7" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="Q7" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W7" s="3" t="s">
         <v>112</v>
       </c>
-      <c r="L7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="N7" s="2" t="s">
+      <c r="X7" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="O7" s="2" t="s">
+      <c r="Y7" s="3" t="s">
         <v>114</v>
       </c>
-      <c r="P7" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W7" s="3" t="s">
+      <c r="Z7" s="3" t="s">
         <v>115</v>
       </c>
-      <c r="X7" s="2" t="s">
+      <c r="AA7" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="AB7" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC7" s="2" t="s">
         <v>116</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="8" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>1247</v>
+        <v>1243</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>1248</v>
+        <v>1244</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="J8" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="K8" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="M8" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N8" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="J8" s="2" t="s">
+      <c r="O8" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="K8" s="2" t="s">
+      <c r="P8" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q8" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W8" s="3" t="s">
         <v>125</v>
       </c>
-      <c r="L8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="N8" s="2" t="s">
+      <c r="X8" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="O8" s="2" t="s">
+      <c r="Y8" s="3" t="s">
         <v>127</v>
       </c>
-      <c r="P8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W8" s="3" t="s">
+      <c r="Z8" s="3" t="s">
         <v>128</v>
       </c>
-      <c r="X8" s="2" t="s">
+      <c r="AA8" s="3" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
       <c r="AB8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC8" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="9" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F9" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I9" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="J9" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="G9" s="2" t="s">
+      <c r="K9" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="H9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="2" t="s">
+      <c r="L9" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="J9" s="2" t="s">
+      <c r="M9" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N9" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="K9" s="2" t="s">
+      <c r="O9" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="L9" s="2" t="s">
+      <c r="P9" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W9" s="3" t="s">
         <v>141</v>
       </c>
-      <c r="M9" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N9" s="2" t="s">
+      <c r="X9" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="O9" s="2" t="s">
+      <c r="Y9" s="3" t="s">
         <v>143</v>
       </c>
-      <c r="P9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="W9" s="3" t="s">
+      <c r="Z9" s="3" t="s">
         <v>144</v>
       </c>
-      <c r="X9" s="2" t="s">
+      <c r="AA9" s="3" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
       <c r="AB9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC9" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="10" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="H10" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I10" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="J10" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="K10" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="H10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I10" s="2" t="s">
+      <c r="L10" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="J10" s="2" t="s">
+      <c r="M10" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N10" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="K10" s="2" t="s">
+      <c r="O10" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="L10" s="2" t="s">
+      <c r="Q10" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W10" s="3" t="s">
         <v>157</v>
       </c>
-      <c r="M10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N10" s="2" t="s">
+      <c r="X10" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="Y10" s="3" t="s">
         <v>158</v>
       </c>
-      <c r="O10" s="2" t="s">
+      <c r="Z10" s="3" t="s">
         <v>159</v>
       </c>
-      <c r="Q10" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W10" s="3" t="s">
+      <c r="AA10" s="3" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>163</v>
       </c>
       <c r="AB10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC10" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
     </row>
     <row r="11" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="H11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I11" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="J11" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="K11" s="2" t="s">
         <v>168</v>
       </c>
-      <c r="H11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="2" t="s">
+      <c r="M11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N11" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="J11" s="2" t="s">
+      <c r="O11" s="2" t="s">
         <v>170</v>
       </c>
-      <c r="K11" s="2" t="s">
+      <c r="Q11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W11" s="3" t="s">
         <v>171</v>
       </c>
-      <c r="M11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N11" s="2" t="s">
+      <c r="X11" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="O11" s="2" t="s">
+      <c r="Y11" s="3" t="s">
         <v>173</v>
       </c>
-      <c r="Q11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W11" s="3" t="s">
+      <c r="Z11" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="X11" s="2" t="s">
+      <c r="AA11" s="3" t="s">
         <v>175</v>
       </c>
-      <c r="Y11" s="3" t="s">
+      <c r="AB11" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="Z11" s="3" t="s">
+      <c r="AC11" s="2" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="12" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="G12" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="E12" s="2" t="s">
+      <c r="H12" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="J12" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="G12" s="2" t="s">
+      <c r="K12" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="H12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I12" s="2" t="s">
+      <c r="L12" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="J12" s="2" t="s">
+      <c r="M12" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N12" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="K12" s="2" t="s">
+      <c r="O12" s="2" t="s">
         <v>188</v>
       </c>
-      <c r="L12" s="2" t="s">
+      <c r="P12" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="M12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N12" s="2" t="s">
+      <c r="Q12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="R12" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="O12" s="2" t="s">
+      <c r="S12" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="P12" s="2" t="s">
+      <c r="T12" s="2" t="s">
         <v>192</v>
       </c>
-      <c r="Q12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="R12" s="2" t="s">
+      <c r="U12" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="S12" s="2" t="s">
+      <c r="V12" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W12" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="T12" s="2" t="s">
+      <c r="X12" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="U12" s="2" t="s">
+      <c r="Y12" s="3" t="s">
         <v>196</v>
       </c>
-      <c r="V12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W12" s="3" t="s">
+      <c r="Z12" s="3" t="s">
         <v>197</v>
       </c>
-      <c r="X12" s="2" t="s">
+      <c r="AA12" s="3" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
       <c r="AB12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC12" s="2" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="G13" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="H13" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I13" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="J13" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E13" s="2" t="s">
+      <c r="K13" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...8 lines deleted...]
-      <c r="I13" s="2" t="s">
+      <c r="L13" s="2" t="s">
         <v>205</v>
-      </c>
-[...7 lines deleted...]
-        <v>208</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P13" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W13" s="3" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="X13" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="Y13" s="3" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="Z13" s="3" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="AA13" s="3" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="AB13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC13" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="14" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="H14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I14" s="2" t="s">
         <v>213</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="J14" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="K14" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="H14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="2" t="s">
+      <c r="L14" s="2" t="s">
         <v>216</v>
       </c>
-      <c r="J14" s="2" t="s">
+      <c r="M14" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N14" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="K14" s="2" t="s">
+      <c r="O14" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="L14" s="2" t="s">
+      <c r="P14" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="M14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N14" s="2" t="s">
+      <c r="Q14" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W14" s="3" t="s">
         <v>220</v>
       </c>
-      <c r="O14" s="2" t="s">
+      <c r="X14" s="2" t="s">
         <v>221</v>
       </c>
-      <c r="P14" s="2" t="s">
+      <c r="Y14" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="Q14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W14" s="3" t="s">
+      <c r="Z14" s="3" t="s">
         <v>223</v>
       </c>
-      <c r="X14" s="2" t="s">
+      <c r="AA14" s="3" t="s">
         <v>224</v>
       </c>
-      <c r="Y14" s="3" t="s">
+      <c r="AB14" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC14" s="2" t="s">
         <v>225</v>
-      </c>
-[...10 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="15" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I15" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="J15" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="K15" s="2" t="s">
         <v>231</v>
       </c>
-      <c r="H15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="2" t="s">
+      <c r="M15" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N15" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="J15" s="2" t="s">
+      <c r="O15" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="K15" s="2" t="s">
+      <c r="Q15" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W15" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="M15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N15" s="2" t="s">
+      <c r="X15" s="2" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
       <c r="Y15" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z15" s="3" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="AA15" s="3" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="AB15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AC15" s="2" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="16" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>242</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="H16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I16" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="J16" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="F16" s="2" t="s">
+      <c r="K16" s="2" t="s">
         <v>246</v>
       </c>
-      <c r="H16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="2" t="s">
+      <c r="M16" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N16" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="J16" s="2" t="s">
+      <c r="O16" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="Q16" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W16" s="3" t="s">
         <v>248</v>
       </c>
-      <c r="K16" s="2" t="s">
+      <c r="X16" s="2" t="s">
         <v>249</v>
       </c>
-      <c r="M16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N16" s="2" t="s">
+      <c r="Y16" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="Z16" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="AA16" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="AB16" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="AC16" s="2" t="s">
         <v>250</v>
-      </c>
-[...25 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="17" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D17" s="2" t="s">
+        <v>251</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N17" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="O17" s="2" t="s">
         <v>255</v>
       </c>
-      <c r="F17" s="2" t="s">
+      <c r="Q17" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W17" s="3" t="s">
         <v>256</v>
       </c>
-      <c r="H17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N17" s="2" t="s">
+      <c r="X17" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="Y17" s="3" t="s">
         <v>257</v>
       </c>
-      <c r="O17" s="2" t="s">
+      <c r="Z17" s="3" t="s">
         <v>258</v>
       </c>
-      <c r="Q17" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W17" s="3" t="s">
+      <c r="AA17" s="3" t="s">
         <v>259</v>
-      </c>
-[...10 lines deleted...]
-        <v>262</v>
       </c>
       <c r="AB17" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC17" s="2" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="D18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="E18" s="2" t="s">
+      <c r="H18" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I18" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="F18" s="2" t="s">
+      <c r="J18" s="2" t="s">
         <v>267</v>
       </c>
-      <c r="G18" s="2" t="s">
+      <c r="K18" s="2" t="s">
         <v>268</v>
-      </c>
-[...10 lines deleted...]
-        <v>271</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W18" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="X18" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="Y18" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="Z18" s="3" t="s">
         <v>272</v>
       </c>
-      <c r="X18" s="2" t="s">
+      <c r="AA18" s="3" t="s">
         <v>273</v>
-      </c>
-[...7 lines deleted...]
-        <v>276</v>
       </c>
       <c r="AB18" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC18" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
     </row>
     <row r="19" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="E19" s="2" t="s">
         <v>278</v>
       </c>
-      <c r="B19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>279</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="H19" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I19" s="2" t="s">
         <v>280</v>
       </c>
-      <c r="E19" s="2" t="s">
+      <c r="J19" s="2" t="s">
         <v>281</v>
       </c>
-      <c r="F19" s="2" t="s">
+      <c r="K19" s="2" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q19" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W19" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="X19" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="Y19" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="Z19" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="X19" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="AA19" s="3" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="AB19" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC19" s="2" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
     </row>
     <row r="20" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="G20" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="E20" s="2" t="s">
+      <c r="H20" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I20" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="F20" s="2" t="s">
+      <c r="J20" s="2" t="s">
         <v>294</v>
       </c>
-      <c r="G20" s="2" t="s">
+      <c r="K20" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="H20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="2" t="s">
+      <c r="L20" s="2" t="s">
         <v>296</v>
       </c>
-      <c r="J20" s="2" t="s">
+      <c r="M20" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N20" s="2" t="s">
         <v>297</v>
       </c>
-      <c r="K20" s="2" t="s">
+      <c r="O20" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="L20" s="2" t="s">
+      <c r="P20" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="M20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N20" s="2" t="s">
+      <c r="Q20" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W20" s="3" t="s">
         <v>300</v>
       </c>
-      <c r="O20" s="2" t="s">
+      <c r="X20" s="2" t="s">
         <v>301</v>
       </c>
-      <c r="P20" s="2" t="s">
+      <c r="Y20" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="Q20" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W20" s="3" t="s">
+      <c r="Z20" s="3" t="s">
         <v>303</v>
       </c>
-      <c r="X20" s="2" t="s">
+      <c r="AA20" s="3" t="s">
         <v>304</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
       <c r="AB20" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC20" s="2" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="B21" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>309</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="H21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I21" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="J21" s="2" t="s">
         <v>311</v>
       </c>
-      <c r="F21" s="2" t="s">
+      <c r="K21" s="2" t="s">
         <v>312</v>
       </c>
-      <c r="H21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="2" t="s">
+      <c r="M21" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N21" s="2" t="s">
         <v>313</v>
       </c>
-      <c r="J21" s="2" t="s">
+      <c r="O21" s="2" t="s">
         <v>314</v>
       </c>
-      <c r="K21" s="2" t="s">
+      <c r="P21" s="2" t="s">
         <v>315</v>
       </c>
-      <c r="M21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N21" s="2" t="s">
+      <c r="Q21" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W21" s="3" t="s">
         <v>316</v>
       </c>
-      <c r="O21" s="2" t="s">
+      <c r="X21" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="P21" s="2" t="s">
+      <c r="Y21" s="3" t="s">
         <v>318</v>
       </c>
-      <c r="Q21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W21" s="3" t="s">
+      <c r="Z21" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="AA21" s="3" t="s">
         <v>319</v>
-      </c>
-[...10 lines deleted...]
-        <v>322</v>
       </c>
       <c r="AB21" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC21" s="2" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
     </row>
     <row r="22" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>324</v>
       </c>
-      <c r="B22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="G22" s="2" t="s">
         <v>326</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="H22" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I22" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="F22" s="2" t="s">
+      <c r="J22" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="G22" s="2" t="s">
+      <c r="K22" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="H22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="2" t="s">
+      <c r="M22" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N22" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="J22" s="2" t="s">
+      <c r="O22" s="2" t="s">
         <v>331</v>
       </c>
-      <c r="K22" s="2" t="s">
+      <c r="Q22" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W22" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="M22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N22" s="2" t="s">
+      <c r="X22" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="O22" s="2" t="s">
+      <c r="Y22" s="3" t="s">
         <v>334</v>
       </c>
-      <c r="Q22" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W22" s="3" t="s">
+      <c r="Z22" s="3" t="s">
         <v>335</v>
       </c>
-      <c r="X22" s="2" t="s">
+      <c r="AA22" s="3" t="s">
         <v>336</v>
-      </c>
-[...7 lines deleted...]
-        <v>339</v>
       </c>
       <c r="AB22" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC22" s="2" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
     </row>
     <row r="23" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A23" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="D23" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="B23" s="2" t="s">
+      <c r="E23" s="2" t="s">
         <v>342</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>343</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="G23" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="E23" s="2" t="s">
+      <c r="H23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I23" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="F23" s="2" t="s">
+      <c r="J23" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="K23" s="2" t="s">
         <v>346</v>
       </c>
-      <c r="G23" s="2" t="s">
+      <c r="L23" s="2" t="s">
         <v>347</v>
       </c>
-      <c r="H23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I23" s="2" t="s">
+      <c r="M23" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N23" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="J23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K23" s="2" t="s">
+      <c r="O23" s="2" t="s">
         <v>349</v>
       </c>
-      <c r="L23" s="2" t="s">
+      <c r="Q23" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W23" s="3" t="s">
         <v>350</v>
       </c>
-      <c r="M23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N23" s="2" t="s">
+      <c r="X23" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y23" s="3" t="s">
         <v>351</v>
       </c>
-      <c r="O23" s="2" t="s">
+      <c r="Z23" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="AA23" s="3" t="s">
         <v>352</v>
-      </c>
-[...16 lines deleted...]
-        <v>355</v>
       </c>
       <c r="AB23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC23" s="2" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A24" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I24" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="J24" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="E24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="2" t="s">
+      <c r="K24" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="H24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I24" s="2" t="s">
+      <c r="M24" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N24" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="J24" s="2" t="s">
+      <c r="O24" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="K24" s="2" t="s">
+      <c r="Q24" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W24" s="3" t="s">
         <v>361</v>
       </c>
-      <c r="M24" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N24" s="2" t="s">
+      <c r="X24" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y24" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="Z24" s="3" t="s">
         <v>362</v>
       </c>
-      <c r="O24" s="2" t="s">
+      <c r="AA24" s="3" t="s">
         <v>363</v>
-      </c>
-[...16 lines deleted...]
-        <v>366</v>
       </c>
       <c r="AB24" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC24" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
     </row>
     <row r="25" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="H25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="E25" s="2" t="s">
+      <c r="J25" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="F25" s="2" t="s">
+      <c r="K25" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="H25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="2" t="s">
+      <c r="L25" s="2" t="s">
         <v>372</v>
       </c>
-      <c r="J25" s="2" t="s">
+      <c r="M25" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N25" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="K25" s="2" t="s">
+      <c r="O25" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="L25" s="2" t="s">
+      <c r="P25" s="2" t="s">
         <v>375</v>
       </c>
-      <c r="M25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N25" s="2" t="s">
+      <c r="Q25" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W25" s="3" t="s">
         <v>376</v>
       </c>
-      <c r="O25" s="2" t="s">
+      <c r="X25" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="P25" s="2" t="s">
+      <c r="Y25" s="3" t="s">
         <v>378</v>
       </c>
-      <c r="Q25" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W25" s="3" t="s">
+      <c r="Z25" s="3" t="s">
         <v>379</v>
       </c>
-      <c r="X25" s="2" t="s">
+      <c r="AA25" s="3" t="s">
         <v>380</v>
       </c>
-      <c r="Y25" s="3" t="s">
+      <c r="AB25" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC25" s="2" t="s">
         <v>381</v>
-      </c>
-[...10 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="26" spans="1:29" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="G26" s="2" t="s">
         <v>386</v>
-      </c>
-[...7 lines deleted...]
-        <v>389</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P26" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q26" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W26" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="X26" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="Y26" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="Z26" s="3" t="s">
         <v>390</v>
       </c>
-      <c r="X26" s="2" t="s">
+      <c r="AA26" s="3" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>394</v>
       </c>
       <c r="AB26" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC26" s="4" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
     </row>
-    <row r="27" spans="1:29" s="5" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B27" s="5" t="s">
+    <row r="27" spans="1:29" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>1246</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>1249</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I27" s="2" t="s">
+        <v>1181</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>1250</v>
+      </c>
+      <c r="M27" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N27" s="2" t="s">
         <v>1251</v>
       </c>
-      <c r="C27" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D27" s="5" t="s">
+      <c r="O27" s="2" t="s">
         <v>1252</v>
       </c>
-      <c r="E27" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G27" s="5" t="s">
+      <c r="P27" s="2" t="s">
         <v>1253</v>
       </c>
-      <c r="H27" s="5" t="s">
-[...20 lines deleted...]
-      <c r="Q27" s="5" t="s">
+      <c r="Q27" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W27" s="3" t="s">
-        <v>1270</v>
-[...2 lines deleted...]
-        <v>1271</v>
+        <v>1265</v>
+      </c>
+      <c r="X27" s="2" t="s">
+        <v>1266</v>
       </c>
       <c r="Y27" s="3" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="Z27" s="3" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
       <c r="AA27" s="3" t="s">
-        <v>1273</v>
-[...1 lines deleted...]
-      <c r="AB27" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="AB27" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="AC27" s="7" t="s">
-        <v>1274</v>
+      <c r="AC27" s="4" t="s">
+        <v>1269</v>
       </c>
     </row>
     <row r="28" spans="1:29" s="2" customFormat="1" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>394</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="G28" s="2" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>400</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q28" s="2" t="s">
         <v>31</v>
       </c>
       <c r="U28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W28" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="X28" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="Y28" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="Z28" s="3" t="s">
         <v>401</v>
       </c>
-      <c r="X28" s="2" t="s">
+      <c r="AA28" s="3" t="s">
         <v>402</v>
-      </c>
-[...7 lines deleted...]
-        <v>405</v>
       </c>
       <c r="AB28" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC28" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="29" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A29" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I29" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="J29" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="K29" s="2" t="s">
         <v>407</v>
       </c>
-      <c r="E29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="2" t="s">
+      <c r="L29" s="2" t="s">
         <v>408</v>
       </c>
-      <c r="H29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I29" s="2" t="s">
+      <c r="M29" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N29" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="J29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K29" s="2" t="s">
+      <c r="O29" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="L29" s="2" t="s">
+      <c r="Q29" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W29" s="3" t="s">
         <v>411</v>
       </c>
-      <c r="M29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N29" s="2" t="s">
+      <c r="X29" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y29" s="3" t="s">
         <v>412</v>
       </c>
-      <c r="O29" s="2" t="s">
+      <c r="Z29" s="3" t="s">
         <v>413</v>
       </c>
-      <c r="Q29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W29" s="3" t="s">
+      <c r="AA29" s="3" t="s">
         <v>414</v>
-      </c>
-[...10 lines deleted...]
-        <v>417</v>
       </c>
       <c r="AB29" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC29" s="2" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
     </row>
     <row r="30" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A30" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>417</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>419</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="G30" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="H30" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N30" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="F30" s="2" t="s">
+      <c r="O30" s="2" t="s">
         <v>422</v>
       </c>
-      <c r="G30" s="2" t="s">
+      <c r="Q30" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W30" s="3" t="s">
         <v>423</v>
       </c>
-      <c r="H30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N30" s="2" t="s">
+      <c r="X30" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="O30" s="2" t="s">
+      <c r="Y30" s="3" t="s">
         <v>425</v>
       </c>
-      <c r="Q30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W30" s="3" t="s">
+      <c r="Z30" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="AA30" s="3" t="s">
         <v>426</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
       <c r="AB30" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC30" s="2" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
     </row>
     <row r="31" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A31" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>431</v>
       </c>
-      <c r="C31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>432</v>
       </c>
-      <c r="D31" s="2" t="s">
+      <c r="G31" s="2" t="s">
         <v>433</v>
-      </c>
-[...7 lines deleted...]
-        <v>436</v>
       </c>
       <c r="H31" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W31" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="X31" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="Y31" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="Z31" s="3" t="s">
         <v>437</v>
       </c>
-      <c r="X31" s="2" t="s">
+      <c r="AA31" s="3" t="s">
         <v>438</v>
       </c>
-      <c r="Y31" s="3" t="s">
+      <c r="AB31" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC31" s="2" t="s">
         <v>439</v>
-      </c>
-[...10 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="32" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A32" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>443</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="H32" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N32" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="O32" s="2" t="s">
         <v>445</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="Q32" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W32" s="3" t="s">
         <v>446</v>
-      </c>
-[...13 lines deleted...]
-        <v>449</v>
       </c>
       <c r="X32" s="2" t="s">
         <v>68</v>
       </c>
       <c r="Y32" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z32" s="3" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="AA32" s="3" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="AB32" s="2" t="s">
         <v>31</v>
       </c>
       <c r="AC32" s="2" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
     </row>
     <row r="33" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B33" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="D33" s="2" t="s">
+      <c r="G33" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="E33" s="2" t="s">
+      <c r="H33" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M33" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N33" s="2" t="s">
         <v>455</v>
       </c>
-      <c r="F33" s="2" t="s">
+      <c r="O33" s="2" t="s">
         <v>456</v>
       </c>
-      <c r="G33" s="2" t="s">
+      <c r="P33" s="2" t="s">
         <v>457</v>
       </c>
-      <c r="H33" s="2" t="s">
-[...5 lines deleted...]
-      <c r="N33" s="2" t="s">
+      <c r="Q33" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W33" s="3" t="s">
         <v>458</v>
       </c>
-      <c r="O33" s="2" t="s">
+      <c r="X33" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="P33" s="2" t="s">
+      <c r="Y33" s="3" t="s">
         <v>460</v>
       </c>
-      <c r="Q33" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W33" s="3" t="s">
+      <c r="Z33" s="3" t="s">
         <v>461</v>
       </c>
-      <c r="X33" s="2" t="s">
+      <c r="AA33" s="3" t="s">
         <v>462</v>
-      </c>
-[...7 lines deleted...]
-        <v>465</v>
       </c>
       <c r="AB33" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC33" s="2" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
     </row>
     <row r="34" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="B34" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>467</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>468</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="H34" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I34" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="E34" s="2" t="s">
+      <c r="J34" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="F34" s="2" t="s">
+      <c r="K34" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="H34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I34" s="2" t="s">
+      <c r="L34" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="J34" s="2" t="s">
+      <c r="M34" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N34" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="K34" s="2" t="s">
+      <c r="O34" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="L34" s="2" t="s">
+      <c r="P34" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="M34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N34" s="2" t="s">
+      <c r="Q34" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W34" s="3" t="s">
         <v>476</v>
       </c>
-      <c r="O34" s="2" t="s">
+      <c r="X34" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="P34" s="2" t="s">
+      <c r="Y34" s="3" t="s">
         <v>478</v>
       </c>
-      <c r="Q34" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W34" s="3" t="s">
+      <c r="Z34" s="3" t="s">
         <v>479</v>
       </c>
-      <c r="X34" s="2" t="s">
+      <c r="AA34" s="3" t="s">
         <v>480</v>
-      </c>
-[...7 lines deleted...]
-        <v>483</v>
       </c>
       <c r="AB34" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC34" s="2" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
     </row>
     <row r="35" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B35" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="G35" s="2" t="s">
         <v>486</v>
       </c>
-      <c r="E35" s="2" t="s">
+      <c r="H35" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I35" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="F35" s="2" t="s">
+      <c r="J35" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="G35" s="2" t="s">
+      <c r="K35" s="2" t="s">
         <v>489</v>
-      </c>
-[...10 lines deleted...]
-        <v>492</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q35" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W35" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="X35" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="Y35" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="Z35" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="AA35" s="3" t="s">
         <v>493</v>
-      </c>
-[...10 lines deleted...]
-        <v>496</v>
       </c>
       <c r="AB35" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC35" s="2" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
     </row>
     <row r="36" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="G36" s="2" t="s">
         <v>498</v>
-      </c>
-[...10 lines deleted...]
-        <v>502</v>
       </c>
       <c r="H36" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O36" s="2" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="P36" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q36" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W36" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="X36" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="Y36" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="Z36" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="AA36" s="3" t="s">
         <v>504</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
       <c r="AB36" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC36" s="2" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
     </row>
     <row r="37" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A37" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P37" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q37" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W37" s="3" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="X37" s="2" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="Y37" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z37" s="3" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="AA37" s="3" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="AC37" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="38" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A38" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B38" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="G38" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I38" s="2" t="s">
         <v>518</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="J38" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="E38" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F38" s="2" t="s">
+      <c r="K38" s="2" t="s">
         <v>520</v>
-      </c>
-[...13 lines deleted...]
-        <v>524</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O38" s="2" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="P38" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q38" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W38" s="3" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="X38" s="2" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="Y38" s="3" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="Z38" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AA38" s="3" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="AB38" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC38" s="2" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
     </row>
     <row r="39" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A39" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B39" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>529</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>531</v>
       </c>
-      <c r="C39" s="2" t="s">
+      <c r="H39" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M39" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N39" s="2" t="s">
         <v>532</v>
       </c>
-      <c r="D39" s="2" t="s">
+      <c r="O39" s="2" t="s">
         <v>533</v>
       </c>
-      <c r="E39" s="2" t="s">
+      <c r="Q39" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W39" s="3" t="s">
         <v>534</v>
       </c>
-      <c r="F39" s="2" t="s">
+      <c r="X39" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="Y39" s="3" t="s">
         <v>535</v>
       </c>
-      <c r="H39" s="2" t="s">
-[...5 lines deleted...]
-      <c r="N39" s="2" t="s">
+      <c r="Z39" s="3" t="s">
         <v>536</v>
       </c>
-      <c r="O39" s="2" t="s">
+      <c r="AA39" s="3" t="s">
         <v>537</v>
-      </c>
-[...16 lines deleted...]
-        <v>541</v>
       </c>
       <c r="AB39" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC39" s="2" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
     </row>
     <row r="40" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A40" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B40" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I40" s="2" t="s">
         <v>543</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="J40" s="2" t="s">
         <v>544</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="K40" s="2" t="s">
         <v>545</v>
-      </c>
-[...13 lines deleted...]
-        <v>549</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q40" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W40" s="3" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="X40" s="2" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="Y40" s="3" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="Z40" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AA40" s="3" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="AB40" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC40" s="2" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
     </row>
     <row r="41" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A41" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B41" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I41" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="J41" s="2" t="s">
         <v>556</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="K41" s="2" t="s">
         <v>557</v>
-      </c>
-[...13 lines deleted...]
-        <v>561</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q41" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W41" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="X41" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="Y41" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="Z41" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="AA41" s="3" t="s">
         <v>562</v>
-      </c>
-[...10 lines deleted...]
-        <v>566</v>
       </c>
       <c r="AB41" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC41" s="2" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
     </row>
     <row r="42" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A42" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B42" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="G42" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="H42" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I42" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="J42" s="2" t="s">
         <v>569</v>
       </c>
-      <c r="E42" s="2" t="s">
+      <c r="K42" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="L42" s="2" t="s">
         <v>570</v>
       </c>
-      <c r="F42" s="2" t="s">
+      <c r="M42" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N42" s="2" t="s">
         <v>571</v>
       </c>
-      <c r="G42" s="2" t="s">
+      <c r="O42" s="2" t="s">
         <v>572</v>
       </c>
-      <c r="H42" s="2" t="s">
-[...5 lines deleted...]
-      <c r="J42" s="2" t="s">
+      <c r="P42" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="K42" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L42" s="2" t="s">
+      <c r="Q42" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W42" s="3" t="s">
         <v>574</v>
       </c>
-      <c r="M42" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N42" s="2" t="s">
+      <c r="X42" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="O42" s="2" t="s">
+      <c r="Y42" s="3" t="s">
         <v>576</v>
       </c>
-      <c r="P42" s="2" t="s">
+      <c r="Z42" s="3" t="s">
         <v>577</v>
       </c>
-      <c r="Q42" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W42" s="3" t="s">
+      <c r="AA42" s="3" t="s">
         <v>578</v>
       </c>
-      <c r="X42" s="2" t="s">
+      <c r="AB42" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="Y42" s="3" t="s">
+      <c r="AC42" s="2" t="s">
         <v>580</v>
-      </c>
-[...10 lines deleted...]
-        <v>584</v>
       </c>
     </row>
     <row r="43" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A43" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="E43" s="2" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="H43" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O43" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q43" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W43" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="X43" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="Y43" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="Z43" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="AA43" s="3" t="s">
         <v>589</v>
-      </c>
-[...10 lines deleted...]
-        <v>593</v>
       </c>
       <c r="AB43" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC43" s="2" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
     </row>
     <row r="44" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B44" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I44" s="2" t="s">
         <v>595</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="J44" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="K44" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="F44" s="2" t="s">
+      <c r="M44" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N44" s="2" t="s">
         <v>598</v>
       </c>
-      <c r="H44" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="2" t="s">
+      <c r="O44" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="J44" s="2" t="s">
+      <c r="Q44" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W44" s="3" t="s">
         <v>600</v>
       </c>
-      <c r="K44" s="2" t="s">
+      <c r="X44" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="M44" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N44" s="2" t="s">
+      <c r="Y44" s="3" t="s">
         <v>602</v>
       </c>
-      <c r="O44" s="2" t="s">
+      <c r="Z44" s="3" t="s">
         <v>603</v>
       </c>
-      <c r="Q44" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W44" s="3" t="s">
+      <c r="AA44" s="3" t="s">
         <v>604</v>
-      </c>
-[...10 lines deleted...]
-        <v>608</v>
       </c>
       <c r="AB44" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC44" s="2" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
     </row>
     <row r="45" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B45" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I45" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="J45" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="E45" s="2" t="s">
+      <c r="K45" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="F45" s="2" t="s">
+      <c r="M45" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N45" s="2" t="s">
         <v>613</v>
       </c>
-      <c r="H45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="2" t="s">
+      <c r="O45" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="J45" s="2" t="s">
+      <c r="P45" s="2" t="s">
         <v>615</v>
       </c>
-      <c r="K45" s="2" t="s">
+      <c r="Q45" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W45" s="3" t="s">
         <v>616</v>
       </c>
-      <c r="M45" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N45" s="2" t="s">
+      <c r="X45" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="O45" s="2" t="s">
+      <c r="Y45" s="3" t="s">
         <v>618</v>
       </c>
-      <c r="P45" s="2" t="s">
+      <c r="Z45" s="3" t="s">
         <v>619</v>
       </c>
-      <c r="Q45" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="AA45" s="3" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="AB45" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC45" s="2" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
     </row>
     <row r="46" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B46" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="G46" s="2" t="s">
         <v>625</v>
       </c>
-      <c r="D46" s="2" t="s">
+      <c r="H46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I46" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="E46" s="2" t="s">
+      <c r="J46" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="F46" s="2" t="s">
+      <c r="K46" s="2" t="s">
         <v>628</v>
       </c>
-      <c r="G46" s="2" t="s">
+      <c r="M46" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N46" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="H46" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I46" s="2" t="s">
+      <c r="O46" s="2" t="s">
         <v>630</v>
       </c>
-      <c r="J46" s="2" t="s">
+      <c r="Q46" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W46" s="3" t="s">
         <v>631</v>
       </c>
-      <c r="K46" s="2" t="s">
+      <c r="X46" s="2" t="s">
         <v>632</v>
-      </c>
-[...16 lines deleted...]
-        <v>636</v>
       </c>
       <c r="Y46" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z46" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AA46" s="3" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="AB46" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC46" s="2" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
     </row>
     <row r="47" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="D47" s="2" t="s">
+      <c r="G47" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="E47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="2" t="s">
+      <c r="H47" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I47" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="J47" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="K47" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="M47" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N47" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="O47" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="Q47" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W47" s="3" t="s">
+        <v>635</v>
+      </c>
+      <c r="X47" s="2" t="s">
         <v>388</v>
       </c>
-      <c r="G47" s="2" t="s">
-[...29 lines deleted...]
-      <c r="X47" s="2" t="s">
+      <c r="Y47" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="Z47" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="AA47" s="3" t="s">
         <v>391</v>
-      </c>
-[...7 lines deleted...]
-        <v>394</v>
       </c>
       <c r="AB47" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC47" s="2" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
     </row>
     <row r="48" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B48" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I48" s="2" t="s">
         <v>643</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="J48" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="K48" s="2" t="s">
         <v>644</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="M48" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N48" s="2" t="s">
         <v>645</v>
       </c>
-      <c r="F48" s="2" t="s">
+      <c r="O48" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="H48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I48" s="2" t="s">
+      <c r="Q48" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W48" s="3" t="s">
         <v>647</v>
       </c>
-      <c r="J48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="K48" s="2" t="s">
+      <c r="X48" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="Y48" s="3" t="s">
         <v>648</v>
       </c>
-      <c r="M48" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N48" s="2" t="s">
+      <c r="Z48" s="3" t="s">
         <v>649</v>
       </c>
-      <c r="O48" s="2" t="s">
+      <c r="AA48" s="3" t="s">
         <v>650</v>
-      </c>
-[...16 lines deleted...]
-        <v>654</v>
       </c>
       <c r="AB48" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC48" s="2" t="s">
-        <v>655</v>
+        <v>651</v>
       </c>
     </row>
     <row r="49" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="G49" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="D49" s="2" t="s">
+      <c r="H49" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N49" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="O49" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="F49" s="2" t="s">
+      <c r="Q49" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W49" s="3" t="s">
         <v>659</v>
       </c>
-      <c r="G49" s="2" t="s">
+      <c r="X49" s="2" t="s">
         <v>660</v>
       </c>
-      <c r="H49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N49" s="2" t="s">
+      <c r="Y49" s="3" t="s">
         <v>661</v>
       </c>
-      <c r="O49" s="2" t="s">
+      <c r="Z49" s="3" t="s">
         <v>662</v>
       </c>
-      <c r="Q49" s="2" t="s">
-[...2 lines deleted...]
-      <c r="W49" s="3" t="s">
+      <c r="AA49" s="3" t="s">
         <v>663</v>
-      </c>
-[...10 lines deleted...]
-        <v>667</v>
       </c>
       <c r="AB49" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC49" s="2" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
     </row>
     <row r="50" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="B50" s="2" t="s">
+      <c r="H50" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I50" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="J50" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="K50" s="2" t="s">
         <v>670</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="L50" s="2" t="s">
         <v>671</v>
-      </c>
-[...19 lines deleted...]
-        <v>675</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P50" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W50" s="3" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="X50" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="Y50" s="3" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="Z50" s="3" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="AA50" s="3" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="AB50" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC50" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="51" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F51" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I51" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="J51" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="K51" s="2" t="s">
         <v>682</v>
       </c>
-      <c r="G51" s="2" t="s">
+      <c r="M51" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N51" s="2" t="s">
         <v>683</v>
       </c>
-      <c r="H51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I51" s="2" t="s">
+      <c r="O51" s="2" t="s">
         <v>684</v>
       </c>
-      <c r="J51" s="2" t="s">
+      <c r="P51" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="K51" s="2" t="s">
+      <c r="Q51" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W51" s="3" t="s">
         <v>686</v>
       </c>
-      <c r="M51" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N51" s="2" t="s">
+      <c r="X51" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="Y51" s="3" t="s">
         <v>687</v>
       </c>
-      <c r="O51" s="2" t="s">
+      <c r="Z51" s="3" t="s">
         <v>688</v>
       </c>
-      <c r="P51" s="2" t="s">
+      <c r="AA51" s="3" t="s">
         <v>689</v>
-      </c>
-[...16 lines deleted...]
-        <v>693</v>
       </c>
       <c r="AB51" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC51" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>698</v>
       </c>
       <c r="H52" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W52" s="3" t="s">
+        <v>695</v>
+      </c>
+      <c r="X52" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y52" s="3" t="s">
+        <v>697</v>
+      </c>
+      <c r="Z52" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="AA52" s="3" t="s">
         <v>699</v>
-      </c>
-[...10 lines deleted...]
-        <v>703</v>
       </c>
       <c r="AB52" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC52" s="2" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
     </row>
     <row r="53" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B53" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G53" s="2" t="s">
         <v>705</v>
-      </c>
-[...10 lines deleted...]
-        <v>709</v>
       </c>
       <c r="H53" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W53" s="3" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="X53" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="Y53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="Z53" s="3" t="s">
         <v>44</v>
       </c>
       <c r="AA53" s="3" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="AB53" s="2" t="s">
         <v>44</v>
       </c>
       <c r="AC53" s="2" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
     </row>
     <row r="54" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="B54" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="G54" s="2" t="s">
         <v>713</v>
       </c>
-      <c r="D54" s="2" t="s">
+      <c r="H54" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I54" s="2" t="s">
         <v>714</v>
       </c>
-      <c r="E54" s="2" t="s">
+      <c r="J54" s="2" t="s">
         <v>715</v>
       </c>
-      <c r="F54" s="2" t="s">
+      <c r="K54" s="2" t="s">
         <v>716</v>
       </c>
-      <c r="G54" s="2" t="s">
+      <c r="L54" s="2" t="s">
         <v>717</v>
       </c>
-      <c r="H54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="2" t="s">
+      <c r="M54" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N54" s="2" t="s">
         <v>718</v>
       </c>
-      <c r="J54" s="2" t="s">
+      <c r="O54" s="2" t="s">
         <v>719</v>
       </c>
-      <c r="K54" s="2" t="s">
+      <c r="P54" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q54" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W54" s="3" t="s">
         <v>720</v>
       </c>
-      <c r="L54" s="2" t="s">
+      <c r="X54" s="2" t="s">
         <v>721</v>
       </c>
-      <c r="M54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="N54" s="2" t="s">
+      <c r="Y54" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="Z54" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="AA54" s="3" t="s">
+        <v>720</v>
+      </c>
+      <c r="AB54" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC54" s="2" t="s">
         <v>722</v>
-      </c>
-[...28 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="55" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>727</v>
       </c>
-      <c r="B55" s="2" t="s">
+      <c r="G55" s="2" t="s">
         <v>728</v>
       </c>
-      <c r="D55" s="2" t="s">
+      <c r="H55" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N55" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="O55" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="P55" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="Q55" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W55" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="X55" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="Y55" s="3" t="s">
         <v>730</v>
       </c>
-      <c r="F55" s="2" t="s">
+      <c r="Z55" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="G55" s="2" t="s">
+      <c r="AA55" s="3" t="s">
         <v>732</v>
       </c>
-      <c r="H55" s="2" t="s">
-[...14 lines deleted...]
-      <c r="W55" s="3" t="s">
+      <c r="AB55" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="AC55" s="2" t="s">
         <v>733</v>
-      </c>
-[...16 lines deleted...]
-        <v>737</v>
       </c>
     </row>
     <row r="56" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>738</v>
+        <v>1283</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>1284</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>1286</v>
+      </c>
+      <c r="G56" s="2" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>739</v>
+        <v>1288</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>740</v>
+        <v>1289</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>741</v>
+        <v>1290</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>742</v>
+        <v>1291</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N56" s="2" t="s">
-        <v>29</v>
+        <v>1292</v>
       </c>
       <c r="O56" s="2" t="s">
-        <v>29</v>
+        <v>1293</v>
       </c>
       <c r="P56" s="2" t="s">
-        <v>29</v>
+        <v>1294</v>
       </c>
       <c r="Q56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W56" s="3" t="s">
-        <v>743</v>
+        <v>1295</v>
       </c>
       <c r="X56" s="2" t="s">
-        <v>744</v>
+        <v>1296</v>
       </c>
       <c r="Y56" s="3" t="s">
-        <v>745</v>
+        <v>1297</v>
       </c>
       <c r="Z56" s="3" t="s">
-        <v>743</v>
+        <v>1295</v>
       </c>
       <c r="AA56" s="3" t="s">
-        <v>746</v>
+        <v>1295</v>
       </c>
       <c r="AB56" s="2" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>496</v>
       </c>
     </row>
     <row r="57" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>748</v>
-[...11 lines deleted...]
-        <v>31</v>
+        <v>734</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>752</v>
+        <v>735</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>194</v>
+        <v>736</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>753</v>
+        <v>737</v>
+      </c>
+      <c r="L57" s="2" t="s">
+        <v>738</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N57" s="2" t="s">
-        <v>754</v>
+        <v>29</v>
       </c>
       <c r="O57" s="2" t="s">
-        <v>755</v>
+        <v>29</v>
+      </c>
+      <c r="P57" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W57" s="3" t="s">
-        <v>756</v>
+        <v>739</v>
       </c>
       <c r="X57" s="2" t="s">
-        <v>757</v>
+        <v>740</v>
       </c>
       <c r="Y57" s="3" t="s">
-        <v>758</v>
+        <v>741</v>
       </c>
       <c r="Z57" s="3" t="s">
-        <v>759</v>
+        <v>739</v>
       </c>
       <c r="AA57" s="3" t="s">
-        <v>760</v>
+        <v>742</v>
       </c>
       <c r="AB57" s="2" t="s">
-        <v>29</v>
+        <v>579</v>
       </c>
       <c r="AC57" s="2" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
     </row>
     <row r="58" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>762</v>
+        <v>744</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>764</v>
+        <v>746</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>765</v>
-[...2 lines deleted...]
-        <v>766</v>
+        <v>747</v>
       </c>
       <c r="H58" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>767</v>
+        <v>748</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>768</v>
+        <v>191</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>749</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N58" s="2" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="O58" s="2" t="s">
-        <v>772</v>
-[...2 lines deleted...]
-        <v>773</v>
+        <v>751</v>
       </c>
       <c r="Q58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W58" s="3" t="s">
-        <v>774</v>
+        <v>752</v>
       </c>
       <c r="X58" s="2" t="s">
-        <v>304</v>
+        <v>753</v>
       </c>
       <c r="Y58" s="3" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="Z58" s="3" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="AA58" s="3" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="AB58" s="2" t="s">
-        <v>583</v>
+        <v>29</v>
       </c>
       <c r="AC58" s="2" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="59" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A59" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>779</v>
+        <v>1273</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>780</v>
+        <v>1274</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>781</v>
+        <v>3</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>782</v>
+        <v>1275</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>783</v>
+        <v>1276</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>784</v>
+        <v>1277</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>194</v>
+        <v>764</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>785</v>
+        <v>1278</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>783</v>
+        <v>1279</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N59" s="2" t="s">
-        <v>29</v>
+        <v>1280</v>
       </c>
       <c r="O59" s="2" t="s">
-        <v>29</v>
-[...21 lines deleted...]
-      </c>
+        <v>1281</v>
+      </c>
+      <c r="P59" s="2" t="s">
+        <v>1282</v>
+      </c>
+      <c r="Q59" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W59" s="3"/>
+      <c r="Y59" s="3"/>
+      <c r="Z59" s="3"/>
+      <c r="AA59" s="3"/>
     </row>
     <row r="60" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A60" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>792</v>
+        <v>758</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>793</v>
+        <v>759</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>794</v>
+        <v>760</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>795</v>
+        <v>761</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>796</v>
+        <v>762</v>
       </c>
       <c r="H60" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>797</v>
+        <v>763</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>798</v>
+        <v>764</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>799</v>
+        <v>765</v>
+      </c>
+      <c r="L60" s="2" t="s">
+        <v>766</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N60" s="2" t="s">
-        <v>800</v>
+        <v>767</v>
       </c>
       <c r="O60" s="2" t="s">
-        <v>801</v>
+        <v>768</v>
+      </c>
+      <c r="P60" s="2" t="s">
+        <v>769</v>
       </c>
       <c r="Q60" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W60" s="3" t="s">
-        <v>802</v>
+        <v>770</v>
       </c>
       <c r="X60" s="2" t="s">
-        <v>803</v>
+        <v>301</v>
       </c>
       <c r="Y60" s="3" t="s">
-        <v>804</v>
+        <v>771</v>
       </c>
       <c r="Z60" s="3" t="s">
-        <v>805</v>
+        <v>772</v>
       </c>
       <c r="AA60" s="3" t="s">
-        <v>806</v>
+        <v>773</v>
       </c>
       <c r="AB60" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC60" s="2" t="s">
-        <v>807</v>
+        <v>774</v>
       </c>
     </row>
     <row r="61" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A61" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>808</v>
+        <v>775</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>809</v>
+        <v>776</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>810</v>
+        <v>777</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>811</v>
+        <v>778</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>812</v>
+        <v>779</v>
       </c>
       <c r="H61" s="2" t="s">
         <v>36</v>
+      </c>
+      <c r="I61" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="J61" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="K61" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="L61" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="M61" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="N61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O61" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="P61" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W61" s="3" t="s">
-        <v>813</v>
+        <v>782</v>
       </c>
       <c r="X61" s="2" t="s">
-        <v>814</v>
+        <v>783</v>
       </c>
       <c r="Y61" s="3" t="s">
-        <v>29</v>
+        <v>784</v>
       </c>
       <c r="Z61" s="3" t="s">
-        <v>29</v>
+        <v>785</v>
       </c>
       <c r="AA61" s="3" t="s">
-        <v>815</v>
+        <v>786</v>
       </c>
       <c r="AB61" s="2" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="AC61" s="2" t="s">
-        <v>816</v>
+        <v>787</v>
       </c>
     </row>
     <row r="62" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A62" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>817</v>
+        <v>788</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>818</v>
+        <v>789</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>819</v>
+        <v>790</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>820</v>
+        <v>791</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>821</v>
+        <v>792</v>
       </c>
       <c r="H62" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>822</v>
+        <v>793</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>823</v>
+        <v>794</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>795</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N62" s="2" t="s">
-        <v>826</v>
+        <v>796</v>
       </c>
       <c r="O62" s="2" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>797</v>
       </c>
       <c r="Q62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W62" s="3" t="s">
-        <v>829</v>
+        <v>798</v>
       </c>
       <c r="X62" s="2" t="s">
-        <v>830</v>
+        <v>799</v>
       </c>
       <c r="Y62" s="3" t="s">
-        <v>831</v>
+        <v>800</v>
       </c>
       <c r="Z62" s="3" t="s">
-        <v>832</v>
+        <v>801</v>
       </c>
       <c r="AA62" s="3" t="s">
-        <v>829</v>
+        <v>802</v>
       </c>
       <c r="AB62" s="2" t="s">
-        <v>833</v>
+        <v>579</v>
       </c>
       <c r="AC62" s="2" t="s">
-        <v>737</v>
+        <v>803</v>
       </c>
     </row>
     <row r="63" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A63" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>834</v>
+        <v>804</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>835</v>
+        <v>805</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>836</v>
+        <v>806</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>837</v>
+        <v>807</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>838</v>
+        <v>808</v>
       </c>
       <c r="H63" s="2" t="s">
-        <v>31</v>
-[...13 lines deleted...]
-      <c r="M63" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P63" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="Q63" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W63" s="3" t="s">
-        <v>843</v>
+        <v>809</v>
       </c>
       <c r="X63" s="2" t="s">
-        <v>391</v>
+        <v>810</v>
       </c>
       <c r="Y63" s="3" t="s">
-        <v>844</v>
+        <v>29</v>
       </c>
       <c r="Z63" s="3" t="s">
-        <v>845</v>
+        <v>29</v>
       </c>
       <c r="AA63" s="3" t="s">
-        <v>846</v>
+        <v>811</v>
       </c>
       <c r="AB63" s="2" t="s">
-        <v>104</v>
+        <v>31</v>
       </c>
       <c r="AC63" s="2" t="s">
-        <v>86</v>
+        <v>812</v>
       </c>
     </row>
     <row r="64" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A64" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>847</v>
+        <v>813</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>848</v>
+        <v>814</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>750</v>
+        <v>815</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>849</v>
+        <v>816</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>817</v>
       </c>
       <c r="H64" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>850</v>
+        <v>818</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>851</v>
+        <v>819</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>852</v>
+        <v>820</v>
+      </c>
+      <c r="L64" s="2" t="s">
+        <v>821</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N64" s="2" t="s">
-        <v>853</v>
+        <v>822</v>
       </c>
       <c r="O64" s="2" t="s">
-        <v>854</v>
+        <v>823</v>
+      </c>
+      <c r="P64" s="2" t="s">
+        <v>824</v>
       </c>
       <c r="Q64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W64" s="3" t="s">
-        <v>855</v>
+        <v>825</v>
       </c>
       <c r="X64" s="2" t="s">
-        <v>856</v>
+        <v>826</v>
       </c>
       <c r="Y64" s="3" t="s">
-        <v>857</v>
+        <v>827</v>
       </c>
       <c r="Z64" s="3" t="s">
-        <v>858</v>
+        <v>828</v>
       </c>
       <c r="AA64" s="3" t="s">
-        <v>859</v>
+        <v>825</v>
       </c>
       <c r="AB64" s="2" t="s">
-        <v>44</v>
+        <v>829</v>
       </c>
       <c r="AC64" s="2" t="s">
-        <v>860</v>
+        <v>733</v>
       </c>
     </row>
     <row r="65" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A65" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>861</v>
+        <v>830</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>862</v>
+        <v>831</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>863</v>
+        <v>832</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>864</v>
+        <v>833</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>865</v>
+        <v>834</v>
       </c>
       <c r="H65" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I65" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="J65" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="K65" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="L65" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="M65" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N65" s="2" t="s">
-        <v>866</v>
+        <v>29</v>
       </c>
       <c r="O65" s="2" t="s">
-        <v>867</v>
+        <v>29</v>
+      </c>
+      <c r="P65" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="Q65" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W65" s="3" t="s">
-        <v>868</v>
+        <v>839</v>
       </c>
       <c r="X65" s="2" t="s">
-        <v>700</v>
+        <v>388</v>
       </c>
       <c r="Y65" s="3" t="s">
-        <v>29</v>
+        <v>840</v>
       </c>
       <c r="Z65" s="3" t="s">
-        <v>29</v>
+        <v>841</v>
       </c>
       <c r="AA65" s="3" t="s">
-        <v>869</v>
+        <v>842</v>
       </c>
       <c r="AB65" s="2" t="s">
-        <v>583</v>
+        <v>101</v>
       </c>
       <c r="AC65" s="2" t="s">
-        <v>791</v>
+        <v>86</v>
       </c>
     </row>
     <row r="66" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A66" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>870</v>
+        <v>843</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>871</v>
+        <v>844</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>872</v>
+        <v>746</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>873</v>
+        <v>845</v>
       </c>
       <c r="H66" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>874</v>
+        <v>846</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>768</v>
+        <v>847</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>875</v>
+        <v>848</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N66" s="2" t="s">
-        <v>876</v>
+        <v>849</v>
       </c>
       <c r="O66" s="2" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-        <v>878</v>
+        <v>850</v>
       </c>
       <c r="Q66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W66" s="3" t="s">
-        <v>879</v>
+        <v>851</v>
       </c>
       <c r="X66" s="2" t="s">
-        <v>880</v>
+        <v>852</v>
       </c>
       <c r="Y66" s="3" t="s">
-        <v>881</v>
+        <v>853</v>
       </c>
       <c r="Z66" s="3" t="s">
-        <v>879</v>
+        <v>854</v>
       </c>
       <c r="AA66" s="3" t="s">
-        <v>882</v>
+        <v>855</v>
       </c>
       <c r="AB66" s="2" t="s">
-        <v>583</v>
+        <v>44</v>
       </c>
       <c r="AC66" s="2" t="s">
-        <v>202</v>
+        <v>856</v>
       </c>
     </row>
     <row r="67" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A67" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>883</v>
+        <v>857</v>
       </c>
       <c r="D67" s="2" t="s">
-        <v>884</v>
+        <v>858</v>
       </c>
       <c r="E67" s="2" t="s">
-        <v>885</v>
+        <v>859</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>886</v>
+        <v>860</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>887</v>
+        <v>861</v>
       </c>
       <c r="H67" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I67" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N67" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="O67" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="Q67" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W67" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="X67" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="Y67" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="O67" s="2" t="s">
+      <c r="Z67" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="P67" s="2" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AA67" s="3" t="s">
-        <v>896</v>
+        <v>865</v>
       </c>
       <c r="AB67" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC67" s="2" t="s">
-        <v>897</v>
+        <v>787</v>
       </c>
     </row>
     <row r="68" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>898</v>
+        <v>866</v>
       </c>
       <c r="D68" s="2" t="s">
-        <v>899</v>
+        <v>867</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>900</v>
+        <v>868</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-        <v>902</v>
+        <v>869</v>
       </c>
       <c r="H68" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>903</v>
+        <v>870</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>904</v>
+        <v>764</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>871</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N68" s="2" t="s">
-        <v>907</v>
+        <v>872</v>
       </c>
       <c r="O68" s="2" t="s">
-        <v>908</v>
+        <v>873</v>
       </c>
       <c r="P68" s="2" t="s">
-        <v>909</v>
+        <v>874</v>
       </c>
       <c r="Q68" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W68" s="3" t="s">
-        <v>910</v>
+        <v>875</v>
       </c>
       <c r="X68" s="2" t="s">
-        <v>911</v>
+        <v>876</v>
       </c>
       <c r="Y68" s="3" t="s">
-        <v>912</v>
+        <v>877</v>
       </c>
       <c r="Z68" s="3" t="s">
-        <v>913</v>
+        <v>875</v>
       </c>
       <c r="AA68" s="3" t="s">
-        <v>914</v>
+        <v>878</v>
       </c>
       <c r="AB68" s="2" t="s">
-        <v>29</v>
+        <v>579</v>
       </c>
       <c r="AC68" s="2" t="s">
-        <v>737</v>
+        <v>199</v>
       </c>
     </row>
     <row r="69" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A69" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>915</v>
+        <v>879</v>
       </c>
       <c r="D69" s="2" t="s">
-        <v>916</v>
+        <v>880</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>3</v>
+        <v>881</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>917</v>
+        <v>882</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>918</v>
+        <v>883</v>
       </c>
       <c r="H69" s="2" t="s">
         <v>36</v>
+      </c>
+      <c r="I69" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="J69" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="K69" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="L69" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="M69" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="N69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="P69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q69" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W69" s="3" t="s">
-        <v>919</v>
+        <v>888</v>
       </c>
       <c r="X69" s="2" t="s">
-        <v>920</v>
+        <v>889</v>
       </c>
       <c r="Y69" s="3" t="s">
-        <v>921</v>
+        <v>890</v>
       </c>
       <c r="Z69" s="3" t="s">
-        <v>922</v>
+        <v>891</v>
       </c>
       <c r="AA69" s="3" t="s">
-        <v>923</v>
+        <v>892</v>
       </c>
       <c r="AB69" s="2" t="s">
-        <v>44</v>
+        <v>579</v>
       </c>
       <c r="AC69" s="2" t="s">
-        <v>554</v>
+        <v>893</v>
       </c>
     </row>
     <row r="70" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A70" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>924</v>
+        <v>894</v>
       </c>
       <c r="D70" s="2" t="s">
-        <v>925</v>
+        <v>895</v>
       </c>
       <c r="E70" s="2" t="s">
-        <v>926</v>
+        <v>896</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>927</v>
+        <v>897</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>928</v>
+        <v>898</v>
       </c>
       <c r="H70" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I70" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>901</v>
+      </c>
+      <c r="L70" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="M70" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N70" s="2" t="s">
-        <v>929</v>
+        <v>903</v>
       </c>
       <c r="O70" s="2" t="s">
-        <v>930</v>
+        <v>904</v>
       </c>
       <c r="P70" s="2" t="s">
-        <v>931</v>
+        <v>905</v>
       </c>
       <c r="Q70" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W70" s="3" t="s">
-        <v>932</v>
+        <v>906</v>
       </c>
       <c r="X70" s="2" t="s">
-        <v>933</v>
+        <v>907</v>
       </c>
       <c r="Y70" s="3" t="s">
-        <v>934</v>
+        <v>908</v>
       </c>
       <c r="Z70" s="3" t="s">
-        <v>935</v>
+        <v>909</v>
       </c>
       <c r="AA70" s="3" t="s">
-        <v>936</v>
+        <v>910</v>
       </c>
       <c r="AB70" s="2" t="s">
-        <v>583</v>
+        <v>29</v>
       </c>
       <c r="AC70" s="2" t="s">
-        <v>937</v>
+        <v>733</v>
       </c>
     </row>
     <row r="71" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A71" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>938</v>
+        <v>911</v>
       </c>
       <c r="D71" s="2" t="s">
-        <v>939</v>
+        <v>912</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>940</v>
+        <v>3</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>941</v>
+        <v>913</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>942</v>
+        <v>914</v>
       </c>
       <c r="H71" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N71" s="2" t="s">
-        <v>943</v>
+        <v>29</v>
       </c>
       <c r="O71" s="2" t="s">
-        <v>944</v>
+        <v>29</v>
       </c>
       <c r="P71" s="2" t="s">
-        <v>945</v>
+        <v>29</v>
       </c>
       <c r="Q71" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="R71" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="W71" s="3" t="s">
-        <v>950</v>
+        <v>915</v>
       </c>
       <c r="X71" s="2" t="s">
-        <v>951</v>
+        <v>916</v>
       </c>
       <c r="Y71" s="3" t="s">
-        <v>583</v>
+        <v>917</v>
       </c>
       <c r="Z71" s="3" t="s">
-        <v>952</v>
+        <v>918</v>
       </c>
       <c r="AA71" s="3" t="s">
-        <v>953</v>
+        <v>919</v>
       </c>
       <c r="AB71" s="2" t="s">
-        <v>583</v>
+        <v>44</v>
       </c>
       <c r="AC71" s="2" t="s">
-        <v>954</v>
+        <v>550</v>
       </c>
     </row>
     <row r="72" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>938</v>
+        <v>920</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>955</v>
+        <v>921</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>956</v>
+        <v>922</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>957</v>
+        <v>923</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>958</v>
+        <v>924</v>
       </c>
       <c r="H72" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I72" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N72" s="2" t="s">
-        <v>963</v>
+        <v>925</v>
       </c>
       <c r="O72" s="2" t="s">
-        <v>964</v>
+        <v>926</v>
       </c>
       <c r="P72" s="2" t="s">
-        <v>965</v>
+        <v>927</v>
       </c>
       <c r="Q72" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="R72" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="W72" s="3" t="s">
-        <v>950</v>
+        <v>928</v>
       </c>
       <c r="X72" s="2" t="s">
-        <v>951</v>
+        <v>929</v>
       </c>
       <c r="Y72" s="3" t="s">
-        <v>970</v>
+        <v>930</v>
       </c>
       <c r="Z72" s="3" t="s">
-        <v>971</v>
+        <v>931</v>
       </c>
       <c r="AA72" s="3" t="s">
-        <v>953</v>
+        <v>932</v>
       </c>
       <c r="AB72" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC72" s="2" t="s">
-        <v>972</v>
+        <v>933</v>
       </c>
     </row>
     <row r="73" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A73" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>973</v>
+        <v>934</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>974</v>
+        <v>935</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>975</v>
+        <v>936</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>976</v>
+        <v>937</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>977</v>
+        <v>938</v>
       </c>
       <c r="H73" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N73" s="2" t="s">
-        <v>29</v>
+        <v>939</v>
       </c>
       <c r="O73" s="2" t="s">
-        <v>29</v>
+        <v>940</v>
       </c>
       <c r="P73" s="2" t="s">
-        <v>29</v>
+        <v>941</v>
       </c>
       <c r="Q73" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="R73" s="2" t="s">
+        <v>942</v>
+      </c>
+      <c r="S73" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="T73" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="U73" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="V73" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="W73" s="3" t="s">
-        <v>978</v>
+        <v>946</v>
       </c>
       <c r="X73" s="2" t="s">
-        <v>979</v>
+        <v>947</v>
       </c>
       <c r="Y73" s="3" t="s">
-        <v>980</v>
+        <v>579</v>
       </c>
       <c r="Z73" s="3" t="s">
-        <v>981</v>
+        <v>948</v>
       </c>
       <c r="AA73" s="3" t="s">
-        <v>982</v>
+        <v>949</v>
       </c>
       <c r="AB73" s="2" t="s">
-        <v>500</v>
+        <v>579</v>
       </c>
       <c r="AC73" s="2" t="s">
-        <v>983</v>
+        <v>950</v>
       </c>
     </row>
     <row r="74" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A74" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>984</v>
+        <v>934</v>
       </c>
       <c r="D74" s="2" t="s">
-        <v>985</v>
+        <v>951</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>986</v>
+        <v>952</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>987</v>
+        <v>953</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>988</v>
+        <v>954</v>
       </c>
       <c r="H74" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I74" s="2" t="s">
+        <v>955</v>
+      </c>
+      <c r="J74" s="2" t="s">
+        <v>956</v>
+      </c>
+      <c r="K74" s="2" t="s">
+        <v>957</v>
+      </c>
+      <c r="L74" s="2" t="s">
+        <v>958</v>
+      </c>
       <c r="M74" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N74" s="2" t="s">
-        <v>989</v>
+        <v>959</v>
       </c>
       <c r="O74" s="2" t="s">
-        <v>990</v>
+        <v>960</v>
+      </c>
+      <c r="P74" s="2" t="s">
+        <v>961</v>
       </c>
       <c r="Q74" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="R74" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="S74" s="2" t="s">
+        <v>963</v>
+      </c>
+      <c r="T74" s="2" t="s">
+        <v>964</v>
+      </c>
+      <c r="U74" s="2" t="s">
+        <v>965</v>
+      </c>
+      <c r="V74" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="W74" s="3" t="s">
-        <v>991</v>
+        <v>946</v>
       </c>
       <c r="X74" s="2" t="s">
-        <v>992</v>
+        <v>947</v>
       </c>
       <c r="Y74" s="3" t="s">
-        <v>993</v>
+        <v>966</v>
       </c>
       <c r="Z74" s="3" t="s">
-        <v>994</v>
+        <v>967</v>
       </c>
       <c r="AA74" s="3" t="s">
-        <v>991</v>
+        <v>949</v>
       </c>
       <c r="AB74" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC74" s="2" t="s">
-        <v>995</v>
+        <v>968</v>
       </c>
     </row>
     <row r="75" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A75" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>996</v>
+        <v>969</v>
       </c>
       <c r="D75" s="2" t="s">
-        <v>997</v>
+        <v>970</v>
       </c>
       <c r="E75" s="2" t="s">
-        <v>998</v>
+        <v>971</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>999</v>
+        <v>972</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>1000</v>
+        <v>973</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N75" s="2" t="s">
-        <v>1001</v>
+        <v>29</v>
       </c>
       <c r="O75" s="2" t="s">
-        <v>1002</v>
+        <v>29</v>
       </c>
       <c r="P75" s="2" t="s">
-        <v>1000</v>
+        <v>29</v>
       </c>
       <c r="Q75" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W75" s="3" t="s">
-        <v>1003</v>
+        <v>974</v>
       </c>
       <c r="X75" s="2" t="s">
-        <v>1004</v>
+        <v>975</v>
       </c>
       <c r="Y75" s="3" t="s">
-        <v>1005</v>
+        <v>976</v>
       </c>
       <c r="Z75" s="3" t="s">
-        <v>29</v>
+        <v>977</v>
       </c>
       <c r="AA75" s="3" t="s">
-        <v>1006</v>
+        <v>978</v>
+      </c>
+      <c r="AB75" s="2" t="s">
+        <v>496</v>
       </c>
       <c r="AC75" s="2" t="s">
-        <v>1007</v>
+        <v>979</v>
       </c>
     </row>
     <row r="76" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>1008</v>
+        <v>980</v>
       </c>
       <c r="D76" s="2" t="s">
-        <v>1009</v>
+        <v>981</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>1010</v>
+        <v>982</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>1011</v>
+        <v>983</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>1012</v>
+        <v>984</v>
       </c>
       <c r="H76" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I76" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N76" s="2" t="s">
-        <v>1017</v>
+        <v>985</v>
       </c>
       <c r="O76" s="2" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>1019</v>
+        <v>986</v>
       </c>
       <c r="Q76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W76" s="3" t="s">
-        <v>1020</v>
+        <v>987</v>
       </c>
       <c r="X76" s="2" t="s">
-        <v>224</v>
+        <v>988</v>
       </c>
       <c r="Y76" s="3" t="s">
-        <v>1021</v>
+        <v>989</v>
       </c>
       <c r="Z76" s="3" t="s">
-        <v>1022</v>
+        <v>990</v>
       </c>
       <c r="AA76" s="3" t="s">
-        <v>1023</v>
+        <v>987</v>
       </c>
       <c r="AB76" s="2" t="s">
-        <v>44</v>
+        <v>579</v>
       </c>
       <c r="AC76" s="2" t="s">
-        <v>1024</v>
+        <v>991</v>
       </c>
     </row>
     <row r="77" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>1025</v>
+        <v>992</v>
       </c>
       <c r="D77" s="2" t="s">
-        <v>1026</v>
+        <v>993</v>
       </c>
       <c r="E77" s="2" t="s">
-        <v>30</v>
+        <v>994</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>1027</v>
+        <v>995</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>1028</v>
+        <v>996</v>
       </c>
       <c r="H77" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I77" s="2" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N77" s="2" t="s">
-        <v>1033</v>
+        <v>997</v>
       </c>
       <c r="O77" s="2" t="s">
-        <v>1034</v>
+        <v>998</v>
       </c>
       <c r="P77" s="2" t="s">
-        <v>1035</v>
+        <v>996</v>
       </c>
       <c r="Q77" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W77" s="3" t="s">
-        <v>1036</v>
+        <v>999</v>
       </c>
       <c r="X77" s="2" t="s">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="Y77" s="3" t="s">
-        <v>1037</v>
+        <v>1001</v>
       </c>
       <c r="Z77" s="3" t="s">
-        <v>1038</v>
+        <v>29</v>
       </c>
       <c r="AA77" s="3" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>1002</v>
       </c>
       <c r="AC77" s="2" t="s">
-        <v>1040</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="78" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>1041</v>
+        <v>1004</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>1042</v>
+        <v>1005</v>
       </c>
       <c r="E78" s="2" t="s">
-        <v>1043</v>
+        <v>1006</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>1044</v>
+        <v>1007</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>1008</v>
       </c>
       <c r="H78" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I78" s="2" t="s">
+        <v>1009</v>
+      </c>
+      <c r="J78" s="2" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K78" s="2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L78" s="2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M78" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="N78" s="2" t="s">
-        <v>29</v>
+        <v>1013</v>
       </c>
       <c r="O78" s="2" t="s">
-        <v>29</v>
+        <v>1014</v>
+      </c>
+      <c r="P78" s="2" t="s">
+        <v>1015</v>
       </c>
       <c r="Q78" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W78" s="3" t="s">
-        <v>1045</v>
+        <v>1016</v>
       </c>
       <c r="X78" s="2" t="s">
-        <v>1046</v>
+        <v>221</v>
       </c>
       <c r="Y78" s="3" t="s">
-        <v>1047</v>
+        <v>1017</v>
       </c>
       <c r="Z78" s="3" t="s">
-        <v>1048</v>
+        <v>1018</v>
       </c>
       <c r="AA78" s="3" t="s">
-        <v>1049</v>
+        <v>1019</v>
       </c>
       <c r="AB78" s="2" t="s">
-        <v>1050</v>
+        <v>44</v>
       </c>
       <c r="AC78" s="2" t="s">
-        <v>807</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="79" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A79" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>1051</v>
+        <v>1021</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>1052</v>
+        <v>1022</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>768</v>
+        <v>30</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>1053</v>
+        <v>1023</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>1024</v>
       </c>
       <c r="H79" s="2" t="s">
         <v>36</v>
       </c>
+      <c r="I79" s="2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="K79" s="2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L79" s="2" t="s">
+        <v>1028</v>
+      </c>
       <c r="M79" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N79" s="2" t="s">
-        <v>1054</v>
+        <v>1029</v>
       </c>
       <c r="O79" s="2" t="s">
-        <v>1055</v>
+        <v>1030</v>
+      </c>
+      <c r="P79" s="2" t="s">
+        <v>1031</v>
       </c>
       <c r="Q79" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W79" s="3" t="s">
-        <v>1056</v>
+        <v>1032</v>
       </c>
       <c r="X79" s="2" t="s">
-        <v>1057</v>
+        <v>97</v>
       </c>
       <c r="Y79" s="3" t="s">
-        <v>1058</v>
+        <v>1033</v>
       </c>
       <c r="Z79" s="3" t="s">
-        <v>1059</v>
+        <v>1034</v>
       </c>
       <c r="AA79" s="3" t="s">
-        <v>1060</v>
+        <v>1035</v>
       </c>
       <c r="AB79" s="2" t="s">
-        <v>583</v>
+        <v>44</v>
       </c>
       <c r="AC79" s="2" t="s">
-        <v>1061</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="80" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A80" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>1062</v>
+        <v>1037</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>1063</v>
+        <v>1038</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>1064</v>
+        <v>1039</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>1065</v>
+        <v>1040</v>
       </c>
       <c r="H80" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O80" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q80" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W80" s="3" t="s">
-        <v>1066</v>
+        <v>1041</v>
       </c>
       <c r="X80" s="2" t="s">
-        <v>1067</v>
+        <v>1042</v>
       </c>
       <c r="Y80" s="3" t="s">
-        <v>1068</v>
+        <v>1043</v>
       </c>
       <c r="Z80" s="3" t="s">
-        <v>1069</v>
+        <v>1044</v>
       </c>
       <c r="AA80" s="3" t="s">
-        <v>1070</v>
+        <v>1045</v>
       </c>
       <c r="AB80" s="2" t="s">
-        <v>583</v>
+        <v>1046</v>
       </c>
       <c r="AC80" s="2" t="s">
-        <v>1071</v>
+        <v>803</v>
       </c>
     </row>
     <row r="81" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>1072</v>
+        <v>1047</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>1073</v>
+        <v>1048</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>1074</v>
+        <v>764</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>1075</v>
+        <v>1049</v>
       </c>
       <c r="H81" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="N81" s="2" t="s">
-        <v>29</v>
+        <v>1050</v>
       </c>
       <c r="O81" s="2" t="s">
-        <v>29</v>
+        <v>1051</v>
       </c>
       <c r="Q81" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="W81" s="3" t="s">
-        <v>1076</v>
+        <v>1052</v>
       </c>
       <c r="X81" s="2" t="s">
-        <v>1077</v>
+        <v>1053</v>
       </c>
       <c r="Y81" s="3" t="s">
-        <v>1078</v>
+        <v>1054</v>
       </c>
       <c r="Z81" s="3" t="s">
-        <v>1079</v>
+        <v>1055</v>
       </c>
       <c r="AA81" s="3" t="s">
-        <v>1080</v>
+        <v>1056</v>
       </c>
       <c r="AB81" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC81" s="2" t="s">
-        <v>1081</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="82" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A82" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>1082</v>
+        <v>1058</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>1083</v>
+        <v>1059</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>500</v>
+        <v>1060</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>1085</v>
+        <v>1061</v>
       </c>
       <c r="H82" s="2" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O82" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q82" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W82" s="3" t="s">
-        <v>1088</v>
+        <v>1062</v>
       </c>
       <c r="X82" s="2" t="s">
-        <v>1089</v>
+        <v>1063</v>
       </c>
       <c r="Y82" s="3" t="s">
-        <v>29</v>
+        <v>1064</v>
       </c>
       <c r="Z82" s="3" t="s">
-        <v>1090</v>
+        <v>1065</v>
       </c>
       <c r="AA82" s="3" t="s">
-        <v>1091</v>
+        <v>1066</v>
       </c>
       <c r="AB82" s="2" t="s">
-        <v>29</v>
+        <v>579</v>
       </c>
       <c r="AC82" s="2" t="s">
-        <v>1092</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="83" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>1093</v>
+        <v>1068</v>
       </c>
       <c r="D83" s="2" t="s">
-        <v>1094</v>
+        <v>1069</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>1095</v>
+        <v>1070</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>1096</v>
+        <v>1071</v>
       </c>
       <c r="H83" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q83" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W83" s="3" t="s">
-        <v>1097</v>
+        <v>1072</v>
       </c>
       <c r="X83" s="2" t="s">
-        <v>1098</v>
+        <v>1073</v>
       </c>
       <c r="Y83" s="3" t="s">
-        <v>1099</v>
+        <v>1074</v>
       </c>
       <c r="Z83" s="3" t="s">
-        <v>1100</v>
+        <v>1075</v>
       </c>
       <c r="AA83" s="3" t="s">
-        <v>1101</v>
+        <v>1076</v>
       </c>
       <c r="AB83" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC83" s="2" t="s">
-        <v>1102</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="84" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>1103</v>
+        <v>1078</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>1104</v>
+        <v>1079</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>1105</v>
+        <v>496</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>1106</v>
+        <v>1080</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>1107</v>
+        <v>1081</v>
       </c>
       <c r="H84" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>1104</v>
+        <v>1082</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>1105</v>
+        <v>496</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>1108</v>
-[...2 lines deleted...]
-        <v>1107</v>
+        <v>1083</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N84" s="2" t="s">
-        <v>1109</v>
+        <v>29</v>
       </c>
       <c r="O84" s="2" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1109</v>
+        <v>29</v>
       </c>
       <c r="Q84" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W84" s="3" t="s">
-        <v>1110</v>
+        <v>1084</v>
       </c>
       <c r="X84" s="2" t="s">
-        <v>287</v>
+        <v>1085</v>
       </c>
       <c r="Y84" s="3" t="s">
-        <v>1111</v>
+        <v>29</v>
       </c>
       <c r="Z84" s="3" t="s">
-        <v>1112</v>
+        <v>1086</v>
       </c>
       <c r="AA84" s="3" t="s">
-        <v>1113</v>
+        <v>1087</v>
       </c>
       <c r="AB84" s="2" t="s">
-        <v>583</v>
+        <v>29</v>
       </c>
       <c r="AC84" s="2" t="s">
-        <v>1114</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="85" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>1115</v>
+        <v>1089</v>
       </c>
       <c r="D85" s="2" t="s">
-        <v>1116</v>
+        <v>1090</v>
       </c>
       <c r="E85" s="2" t="s">
-        <v>715</v>
+        <v>1091</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>1117</v>
-[...2 lines deleted...]
-        <v>1118</v>
+        <v>1092</v>
       </c>
       <c r="H85" s="2" t="s">
-        <v>31</v>
-[...8 lines deleted...]
-        <v>1121</v>
+        <v>36</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N85" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O85" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q85" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W85" s="3" t="s">
-        <v>1122</v>
+        <v>1093</v>
       </c>
       <c r="X85" s="2" t="s">
-        <v>1123</v>
+        <v>1094</v>
       </c>
       <c r="Y85" s="3" t="s">
-        <v>1124</v>
+        <v>1095</v>
       </c>
       <c r="Z85" s="3" t="s">
-        <v>1125</v>
+        <v>1096</v>
       </c>
       <c r="AA85" s="3" t="s">
-        <v>29</v>
+        <v>1097</v>
       </c>
       <c r="AB85" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC85" s="2" t="s">
-        <v>1126</v>
+        <v>1098</v>
       </c>
     </row>
-    <row r="86" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...31 lines deleted...]
-        <v>36</v>
+    <row r="86" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I86" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="J86" s="2" t="s">
+        <v>1101</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="L86" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M86" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="N86" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O86" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P86" s="2" t="s">
+        <v>1105</v>
+      </c>
+      <c r="Q86" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="W86" s="3" t="s">
-        <v>1266</v>
-[...2 lines deleted...]
-        <v>1267</v>
+        <v>1106</v>
+      </c>
+      <c r="X86" s="2" t="s">
+        <v>284</v>
       </c>
       <c r="Y86" s="3" t="s">
-        <v>1268</v>
+        <v>1107</v>
       </c>
       <c r="Z86" s="3" t="s">
-        <v>1269</v>
+        <v>1108</v>
       </c>
       <c r="AA86" s="3" t="s">
-        <v>1266</v>
-[...5 lines deleted...]
-        <v>1265</v>
+        <v>1109</v>
+      </c>
+      <c r="AB86" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="AC86" s="2" t="s">
+        <v>1110</v>
       </c>
     </row>
     <row r="87" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>1127</v>
+        <v>1111</v>
       </c>
       <c r="D87" s="2" t="s">
-        <v>1128</v>
+        <v>1112</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>1129</v>
+        <v>711</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>1130</v>
+        <v>1113</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>1114</v>
       </c>
       <c r="H87" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>1131</v>
+        <v>1115</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>1132</v>
+        <v>1116</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>1133</v>
-[...2 lines deleted...]
-        <v>1134</v>
+        <v>1117</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N87" s="2" t="s">
-        <v>1135</v>
+        <v>29</v>
       </c>
       <c r="O87" s="2" t="s">
-        <v>1136</v>
+        <v>29</v>
       </c>
       <c r="Q87" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W87" s="3" t="s">
-        <v>1137</v>
+        <v>1118</v>
       </c>
       <c r="X87" s="2" t="s">
-        <v>1138</v>
+        <v>1119</v>
       </c>
       <c r="Y87" s="3" t="s">
-        <v>894</v>
+        <v>1120</v>
       </c>
       <c r="Z87" s="3" t="s">
-        <v>1139</v>
+        <v>1121</v>
       </c>
       <c r="AA87" s="3" t="s">
-        <v>1140</v>
+        <v>29</v>
       </c>
       <c r="AB87" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC87" s="2" t="s">
-        <v>807</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="88" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A88" s="2" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>1141</v>
+        <v>723</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1254</v>
       </c>
       <c r="D88" s="2" t="s">
-        <v>1142</v>
+        <v>1255</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>1143</v>
+        <v>806</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>1144</v>
-[...2 lines deleted...]
-        <v>1145</v>
+        <v>1256</v>
       </c>
       <c r="H88" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>1146</v>
+        <v>1257</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>1147</v>
+        <v>764</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>1148</v>
+        <v>1258</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>1149</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>1259</v>
+      </c>
+      <c r="M88" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="W88" s="3" t="s">
-        <v>1150</v>
+        <v>1261</v>
       </c>
       <c r="X88" s="2" t="s">
-        <v>1151</v>
+        <v>1262</v>
       </c>
       <c r="Y88" s="3" t="s">
-        <v>29</v>
+        <v>1263</v>
       </c>
       <c r="Z88" s="3" t="s">
-        <v>1152</v>
+        <v>1264</v>
       </c>
       <c r="AA88" s="3" t="s">
-        <v>1153</v>
+        <v>1261</v>
       </c>
       <c r="AB88" s="2" t="s">
-        <v>29</v>
+        <v>579</v>
       </c>
       <c r="AC88" s="2" t="s">
-        <v>807</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="89" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>1154</v>
+        <v>1123</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>1155</v>
+        <v>1124</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>1156</v>
+        <v>1125</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-        <v>1158</v>
+        <v>1126</v>
       </c>
       <c r="H89" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I89" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J89" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="L89" s="2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="M89" s="2" t="s">
         <v>36</v>
       </c>
       <c r="N89" s="2" t="s">
-        <v>29</v>
+        <v>1131</v>
       </c>
       <c r="O89" s="2" t="s">
-        <v>29</v>
+        <v>1132</v>
+      </c>
+      <c r="Q89" s="2" t="s">
+        <v>31</v>
       </c>
       <c r="W89" s="3" t="s">
-        <v>1159</v>
+        <v>1133</v>
       </c>
       <c r="X89" s="2" t="s">
-        <v>1160</v>
+        <v>1134</v>
       </c>
       <c r="Y89" s="3" t="s">
-        <v>1161</v>
+        <v>890</v>
       </c>
       <c r="Z89" s="3" t="s">
-        <v>1162</v>
+        <v>1135</v>
       </c>
       <c r="AA89" s="3" t="s">
-        <v>1163</v>
+        <v>1136</v>
+      </c>
+      <c r="AB89" s="2" t="s">
+        <v>579</v>
       </c>
       <c r="AC89" s="2" t="s">
-        <v>1164</v>
+        <v>803</v>
       </c>
     </row>
     <row r="90" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>1165</v>
+        <v>1137</v>
       </c>
       <c r="D90" s="2" t="s">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="E90" s="2" t="s">
-        <v>1167</v>
+        <v>1139</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>1168</v>
+        <v>1140</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>1141</v>
       </c>
       <c r="H90" s="2" t="s">
         <v>36</v>
+      </c>
+      <c r="I90" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J90" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="L90" s="2" t="s">
+        <v>1145</v>
       </c>
       <c r="N90" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O90" s="2" t="s">
         <v>29</v>
       </c>
       <c r="W90" s="3" t="s">
-        <v>1169</v>
+        <v>1146</v>
       </c>
       <c r="X90" s="2" t="s">
-        <v>1170</v>
+        <v>1147</v>
       </c>
       <c r="Y90" s="3" t="s">
         <v>29</v>
       </c>
       <c r="Z90" s="3" t="s">
-        <v>1171</v>
+        <v>1148</v>
       </c>
       <c r="AA90" s="3" t="s">
-        <v>1172</v>
+        <v>1149</v>
+      </c>
+      <c r="AB90" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="AC90" s="2" t="s">
-        <v>1173</v>
+        <v>803</v>
       </c>
     </row>
     <row r="91" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>1174</v>
+        <v>1150</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>1175</v>
+        <v>1151</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>3</v>
+        <v>1152</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>1176</v>
+        <v>1153</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>1177</v>
+        <v>1154</v>
       </c>
       <c r="H91" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N91" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O91" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="Q91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W91" s="3" t="s">
-        <v>1178</v>
+        <v>1155</v>
       </c>
       <c r="X91" s="2" t="s">
-        <v>1179</v>
+        <v>1156</v>
       </c>
       <c r="Y91" s="3" t="s">
-        <v>1180</v>
+        <v>1157</v>
       </c>
       <c r="Z91" s="3" t="s">
-        <v>1181</v>
+        <v>1158</v>
       </c>
       <c r="AA91" s="3" t="s">
-        <v>1182</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>1159</v>
       </c>
       <c r="AC91" s="2" t="s">
-        <v>1183</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="92" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>1184</v>
+        <v>1161</v>
       </c>
       <c r="D92" s="2" t="s">
-        <v>1185</v>
+        <v>1162</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>1163</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-        <v>1187</v>
+        <v>1164</v>
       </c>
       <c r="H92" s="2" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
       <c r="N92" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="Q92" s="2" t="s">
-        <v>31</v>
+      <c r="O92" s="2" t="s">
+        <v>29</v>
       </c>
       <c r="W92" s="3" t="s">
-        <v>1190</v>
+        <v>1165</v>
       </c>
       <c r="X92" s="2" t="s">
-        <v>1191</v>
+        <v>1166</v>
       </c>
       <c r="Y92" s="3" t="s">
-        <v>1192</v>
+        <v>29</v>
       </c>
       <c r="Z92" s="3" t="s">
-        <v>1193</v>
+        <v>1167</v>
       </c>
       <c r="AA92" s="3" t="s">
-        <v>1194</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>1168</v>
       </c>
       <c r="AC92" s="2" t="s">
-        <v>704</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="93" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A93" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>1195</v>
+        <v>1170</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>1196</v>
+        <v>1171</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>1197</v>
+        <v>3</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>1198</v>
+        <v>1172</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>1199</v>
+        <v>1173</v>
       </c>
       <c r="H93" s="2" t="s">
         <v>36</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>31</v>
       </c>
       <c r="N93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="O93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="Q93" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W93" s="3" t="s">
-        <v>1200</v>
+        <v>1174</v>
       </c>
       <c r="X93" s="2" t="s">
-        <v>1201</v>
+        <v>1175</v>
       </c>
       <c r="Y93" s="3" t="s">
-        <v>1202</v>
+        <v>1176</v>
       </c>
       <c r="Z93" s="3" t="s">
-        <v>1203</v>
+        <v>1177</v>
       </c>
       <c r="AA93" s="3" t="s">
-        <v>1204</v>
+        <v>1178</v>
       </c>
       <c r="AB93" s="2" t="s">
-        <v>1205</v>
+        <v>579</v>
       </c>
       <c r="AC93" s="2" t="s">
-        <v>1206</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="94" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A94" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>1207</v>
+        <v>1180</v>
       </c>
       <c r="D94" s="2" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>1209</v>
+        <v>1181</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>1210</v>
+        <v>1182</v>
+      </c>
+      <c r="G94" s="2" t="s">
+        <v>1183</v>
       </c>
       <c r="H94" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>1211</v>
-[...2 lines deleted...]
-        <v>1212</v>
+        <v>1184</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>1213</v>
-[...2 lines deleted...]
-        <v>1214</v>
+        <v>1185</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N94" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="O94" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q94" s="2" t="s">
         <v>31</v>
       </c>
       <c r="W94" s="3" t="s">
-        <v>1215</v>
+        <v>1186</v>
       </c>
       <c r="X94" s="2" t="s">
-        <v>1216</v>
+        <v>1187</v>
       </c>
       <c r="Y94" s="3" t="s">
-        <v>1217</v>
+        <v>1188</v>
       </c>
       <c r="Z94" s="3" t="s">
-        <v>1218</v>
+        <v>1189</v>
       </c>
       <c r="AA94" s="3" t="s">
-        <v>1219</v>
+        <v>1190</v>
       </c>
       <c r="AB94" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="AC94" s="2" t="s">
-        <v>704</v>
+        <v>700</v>
       </c>
     </row>
     <row r="95" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A95" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>1220</v>
+        <v>1191</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>1221</v>
+        <v>1192</v>
       </c>
       <c r="E95" s="2" t="s">
-        <v>810</v>
+        <v>1193</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>1222</v>
+        <v>1194</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>1223</v>
+        <v>1195</v>
       </c>
       <c r="H95" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I95" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="M95" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="N95" s="2" t="s">
-        <v>1228</v>
+        <v>29</v>
       </c>
       <c r="O95" s="2" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-        <v>1230</v>
+        <v>29</v>
       </c>
       <c r="Q95" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="W95" s="3" t="s">
-        <v>1231</v>
+        <v>1196</v>
       </c>
       <c r="X95" s="2" t="s">
-        <v>1232</v>
+        <v>1197</v>
       </c>
       <c r="Y95" s="3" t="s">
-        <v>1233</v>
+        <v>1198</v>
       </c>
       <c r="Z95" s="3" t="s">
-        <v>1233</v>
+        <v>1199</v>
       </c>
       <c r="AA95" s="3" t="s">
-        <v>1231</v>
+        <v>1200</v>
       </c>
       <c r="AB95" s="2" t="s">
-        <v>104</v>
+        <v>1201</v>
       </c>
       <c r="AC95" s="2" t="s">
-        <v>1234</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="96" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A96" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B96" s="2" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I96" s="2" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J96" s="2" t="s">
+        <v>1208</v>
+      </c>
+      <c r="K96" s="2" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L96" s="2" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M96" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N96" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="O96" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q96" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="W96" s="3" t="s">
+        <v>1211</v>
+      </c>
+      <c r="X96" s="2" t="s">
+        <v>1212</v>
+      </c>
+      <c r="Y96" s="3" t="s">
+        <v>1213</v>
+      </c>
+      <c r="Z96" s="3" t="s">
+        <v>1214</v>
+      </c>
+      <c r="AA96" s="3" t="s">
+        <v>1215</v>
+      </c>
+      <c r="AB96" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="AC96" s="2" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="97" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G97" s="2" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H97" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="I97" s="2" t="s">
+        <v>1220</v>
+      </c>
+      <c r="J97" s="2" t="s">
+        <v>1221</v>
+      </c>
+      <c r="K97" s="2" t="s">
+        <v>1222</v>
+      </c>
+      <c r="L97" s="2" t="s">
+        <v>1223</v>
+      </c>
+      <c r="M97" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="N97" s="2" t="s">
+        <v>1224</v>
+      </c>
+      <c r="O97" s="2" t="s">
+        <v>1225</v>
+      </c>
+      <c r="P97" s="2" t="s">
+        <v>1226</v>
+      </c>
+      <c r="Q97" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="W97" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="X97" s="2" t="s">
+        <v>1228</v>
+      </c>
+      <c r="Y97" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="Z97" s="3" t="s">
+        <v>1229</v>
+      </c>
+      <c r="AA97" s="3" t="s">
+        <v>1227</v>
+      </c>
+      <c r="AB97" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC97" s="2" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="98" spans="1:29" s="2" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D98" s="2" t="s">
         <v>1235</v>
       </c>
-      <c r="I96" s="2" t="s">
+      <c r="E98" s="2" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>1236</v>
       </c>
-      <c r="J96" s="2" t="s">
-[...14 lines deleted...]
-      <c r="AA96" s="3"/>
+      <c r="I98" s="2" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J98" s="2" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K98" s="2" t="s">
+        <v>1234</v>
+      </c>
+      <c r="W98" s="3"/>
+      <c r="Y98" s="3"/>
+      <c r="Z98" s="3"/>
+      <c r="AA98" s="3"/>
     </row>
-    <row r="97" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-        <v>1250</v>
+    <row r="99" spans="1:29" s="5" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>1300</v>
+      </c>
+      <c r="Y99" s="3" t="s">
+        <v>1302</v>
+      </c>
+      <c r="Z99" s="3" t="s">
+        <v>1303</v>
+      </c>
+      <c r="AA99" s="3" t="s">
+        <v>1304</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:AC97" xr:uid="{8C73AD69-2106-4342-8EA5-30A7A94C7EDA}"/>
+  <autoFilter ref="A1:AC99" xr:uid="{8C73AD69-2106-4342-8EA5-30A7A94C7EDA}"/>
   <hyperlinks>
     <hyperlink ref="W4" r:id="rId1" xr:uid="{5B6774E1-A47D-4F85-A86B-1D9145E6393C}"/>
     <hyperlink ref="Y34" r:id="rId2" xr:uid="{D3F65D18-5134-469A-B635-2D2E922F54BF}"/>
     <hyperlink ref="K23" r:id="rId3" display="mailto:jennifer.applebee@duke.edu" xr:uid="{14C2E1A3-D291-4823-9562-DA52FEAEA3F8}"/>
     <hyperlink ref="F4" r:id="rId4" display="mailto:cchaynes@uncg.edu" xr:uid="{BE620BB1-52D9-44D5-9933-E6A0F15D74D9}"/>
     <hyperlink ref="F2" r:id="rId5" tooltip="mailto:pippenn25@ecu.edu" display="mailto:pippenn25@ecu.edu" xr:uid="{CAE0E159-AB2A-4D58-A427-26A9E03B36D1}"/>
     <hyperlink ref="F8" r:id="rId6" display="mailto:lewandowskic@uncw.edu" xr:uid="{7EE8AC3F-081A-4C98-B01E-C18983C4B259}"/>
-    <hyperlink ref="Y86" r:id="rId7" xr:uid="{E8BBED7A-E8E9-4563-A316-E287C58E8BCE}"/>
-    <hyperlink ref="Z86" r:id="rId8" xr:uid="{DCB377B7-7945-4A44-9F3D-0BDD839E731B}"/>
+    <hyperlink ref="Y88" r:id="rId7" xr:uid="{E8BBED7A-E8E9-4563-A316-E287C58E8BCE}"/>
+    <hyperlink ref="Z88" r:id="rId8" xr:uid="{DCB377B7-7945-4A44-9F3D-0BDD839E731B}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId9"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="64e123e2-0047-416d-9778-904dcefa60fa" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100185466203A8079449C736E29E5B1D821" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0549bdb613642b87558cfa582cc25fc9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="64e123e2-0047-416d-9778-904dcefa60fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44ba09baab7ecb16fa1fd008e79728ce" ns3:_="">
     <xsd:import namespace="64e123e2-0047-416d-9778-904dcefa60fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -10614,91 +10851,82 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3500346D-E636-49CE-85E2-C77C09F1A350}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48352A01-CC83-4DD7-8692-A0FDEB0D19D8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{638EFDE8-69D2-4359-96C7-0960B1157BA7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Colleges</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>