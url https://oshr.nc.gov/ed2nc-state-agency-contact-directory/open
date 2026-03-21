--- v0 (2025-10-08)
+++ v1 (2026-03-21)
@@ -2,66 +2,66 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\klopp1\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/kendyl_lopp_nc_gov/Documents/Ed2NC Contact Directory/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F1DF2BED-B150-4A33-81F5-5628B96F8EB2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="29" documentId="13_ncr:1_{59B8FADF-3E08-43D8-9732-66235D0D0CED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{B0B32A67-6F9C-4DF6-8FE4-C3A8951489E6}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D497E562-941A-4E8A-9773-21127ABFFB20}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{D497E562-941A-4E8A-9773-21127ABFFB20}"/>
   </bookViews>
   <sheets>
     <sheet name="State Agencies" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'State Agencies'!$A$1:$B$37</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'State Agencies'!$A$1:$B$38</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B38" i="2" l="1"/>
   <c r="B2" i="2"/>
@@ -82,51 +82,51 @@
   <c r="B17" i="2"/>
   <c r="B18" i="2"/>
   <c r="B19" i="2"/>
   <c r="B20" i="2"/>
   <c r="B21" i="2"/>
   <c r="B22" i="2"/>
   <c r="B23" i="2"/>
   <c r="B24" i="2"/>
   <c r="B25" i="2"/>
   <c r="B26" i="2"/>
   <c r="B27" i="2"/>
   <c r="B28" i="2"/>
   <c r="B29" i="2"/>
   <c r="B30" i="2"/>
   <c r="B31" i="2"/>
   <c r="B32" i="2"/>
   <c r="B33" i="2"/>
   <c r="B34" i="2"/>
   <c r="B35" i="2"/>
   <c r="B36" i="2"/>
   <c r="B37" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="488" uniqueCount="348">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="481" uniqueCount="343">
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Website URL</t>
   </si>
   <si>
     <t>Agency HRD Contact Name</t>
   </si>
   <si>
     <t>HRD Email Address</t>
   </si>
   <si>
     <t>HRD Phone</t>
   </si>
   <si>
     <t>Main Contact?</t>
   </si>
   <si>
     <t>Agency Talent Acquisition Contact Name</t>
   </si>
   <si>
@@ -327,65 +327,53 @@
   <si>
     <t>HR Generalist</t>
   </si>
   <si>
     <t>Shelby.Ruth@ncleg.gov</t>
   </si>
   <si>
     <t>Administrative Support; Engineering; Executive; Financial and Business Management; Human Resources; Information Communication and Media; Information Technology; Institutional Support Services; Law Enforcement and Public Safety; Legal; Planning and Economic Development; Program Management; Safety and Inspection.</t>
   </si>
   <si>
     <t>Dept of Transportation</t>
   </si>
   <si>
     <t>https://www.ncdot.gov/Pages/default.aspx</t>
   </si>
   <si>
     <t>Amanda Olive</t>
   </si>
   <si>
     <t>aolive@ncdot.gov</t>
   </si>
   <si>
     <t>Christy Dunston</t>
   </si>
   <si>
-    <t>Office of HBCU Outreach Director</t>
-[...1 lines deleted...]
-  <si>
     <t>csdunston1@ncdot.gov</t>
   </si>
   <si>
-    <t>JoAna McCoy</t>
-[...7 lines deleted...]
-  <si>
     <t>Administrative Support; Agricultural Environmental and Scientific; Education and Training; Engineering; Executive; Financial and Business Management; Human Resources; Information Communication and Media; Information Technology; Institutional Support Services; Law Enforcement and Public Safety; Legal; Medical and Health; Natural Historic and Cultural Resources; Operations and Trades; Planning and Economic Development; Program Management; Safety and Inspection.</t>
   </si>
   <si>
     <t xml:space="preserve">Administrative Office of the Courts </t>
   </si>
   <si>
     <t>https://www.nccourts.gov/</t>
   </si>
   <si>
     <t>Russ Eubanks</t>
   </si>
   <si>
     <t>russ.v.eubanks@nccourts.org</t>
   </si>
   <si>
     <t>919-890-1108</t>
   </si>
   <si>
     <t>Travis Davis</t>
   </si>
   <si>
     <t>Talent Management Consultant Lead</t>
   </si>
   <si>
     <t>travis.davis@nccourts.org</t>
@@ -444,59 +432,50 @@
   <si>
     <t xml:space="preserve">Talent Acquisition Manager </t>
   </si>
   <si>
     <t>Candace.Settle@deq.nc.gov</t>
   </si>
   <si>
     <t>Administrative Support; Agricultural Environmental and Scientific; Education and Training; Engineering; Executive; Financial and Business Management; Human Resources; Information Communication and Media; Law Enforcement and Public Safety; Legal; Medical and Health; Operations and Trades; Planning and Economic Development; Program Management; Safety and Inspection.</t>
   </si>
   <si>
     <t>DeShun Perry</t>
   </si>
   <si>
     <t>Aileen Rodriguez</t>
   </si>
   <si>
     <t>Recruiter, NC OSHR Temporary Solutions</t>
   </si>
   <si>
     <t>aileen.rodriguez@nc.gov</t>
   </si>
   <si>
     <t>984-236-1070</t>
   </si>
   <si>
-    <t>Eddie Edwards</t>
-[...7 lines deleted...]
-  <si>
     <t>Office of the State Auditor</t>
   </si>
   <si>
     <t>https://www.auditor.nc.gov/</t>
   </si>
   <si>
     <t>Keita Cannon</t>
   </si>
   <si>
     <t>keita.cannon@ncauditor.gov</t>
   </si>
   <si>
     <t>919-807-7500</t>
   </si>
   <si>
     <t>Lauren Eiswirth</t>
   </si>
   <si>
     <t>Human Resources Manager</t>
   </si>
   <si>
     <t>lauren.eiswirth@ncauditor.gov</t>
   </si>
   <si>
     <t>Leanne McLaughlin</t>
@@ -528,62 +507,56 @@
   <si>
     <t>Melissa Martin</t>
   </si>
   <si>
     <t>Human Resources Business Partner</t>
   </si>
   <si>
     <t>melissa.martin@osbm.nc.gov</t>
   </si>
   <si>
     <t>984-236-0613</t>
   </si>
   <si>
     <t>Administrative Support; Executive; Financial and Business Management; Human Resources; Information Communication and Media; Information Technology; Planning and Economic Development; Program Management.</t>
   </si>
   <si>
     <t>Office of The State Controller</t>
   </si>
   <si>
     <t>https://www.osc.nc.gov/</t>
   </si>
   <si>
     <t>Glenda Ellerbee</t>
   </si>
   <si>
-    <t>Glenda.Ellerbee@osc.nc.gov</t>
-[...1 lines deleted...]
-  <si>
     <t>Pamela Hamm</t>
   </si>
   <si>
     <t>HR Consultant</t>
   </si>
   <si>
-    <t>Pamela.Hamm@osc.nc.gov</t>
-[...1 lines deleted...]
-  <si>
     <t>Administrative Support; Education and Training; Executive; Financial and Business Management; Human Resources; Information Communication and Media; Information Technology; Program Management.</t>
   </si>
   <si>
     <t>Office of Administrative Hearings</t>
   </si>
   <si>
     <t>https://www.oah.nc.gov/</t>
   </si>
   <si>
     <t>Sheteta Crumpler</t>
   </si>
   <si>
     <t>HR Tech II</t>
   </si>
   <si>
     <t>sheteta.crumpler@oah.nc.gov</t>
   </si>
   <si>
     <t>Administrative Support; Executive; Financial and Business Management; Human Resources; Information Technology; Legal; Program Management.</t>
   </si>
   <si>
     <t>Dept of Agriculture and Consumer Services</t>
   </si>
   <si>
     <t>https://www.ncagr.gov/</t>
@@ -729,57 +702,51 @@
   <si>
     <t>Administrative Support, Education and Training, Engineering; Executive, Financial and Business Management Human Resources Information Communication and Media, Information Technology, Law Enforcement and Public Safety, Legal, Medical and Health, Program Management, Safety and Inspection.</t>
   </si>
   <si>
     <t xml:space="preserve">Davita Morant </t>
   </si>
   <si>
     <t xml:space="preserve">Melissa Goins </t>
   </si>
   <si>
     <t>Melissa.Goins@ncdps.gov</t>
   </si>
   <si>
     <t>Dept of Administration</t>
   </si>
   <si>
     <t>https://ncadmin.nc.gov/</t>
   </si>
   <si>
     <t>Dr. Donnell Adams</t>
   </si>
   <si>
     <t>Donnell.Adams@doa.nc.gov</t>
   </si>
   <si>
-    <t>Tylisa Finley</t>
-[...1 lines deleted...]
-  <si>
     <t>Talent Acquisition Specialist</t>
-  </si>
-[...1 lines deleted...]
-    <t>Tylisa.Finley@doa.nc.gov</t>
   </si>
   <si>
     <t>Administrative Support; Education and Training; Engineering; Executive; Financial and Business Management; Human Resources; Human Services; Information Communication and Media; Information Technology; Institutional Support Services; Legal; Operations and Trades; Planning and Economic Development; Program Management; Safety and Inspection.</t>
   </si>
   <si>
     <t>Dept of Health and Human Services</t>
   </si>
   <si>
     <t>https://www.ncdhhs.gov/</t>
   </si>
   <si>
     <t>Barbara Williams</t>
   </si>
   <si>
     <t>barbara.williams@dhhs.nc.gov</t>
   </si>
   <si>
     <t>Sarah Peterson</t>
   </si>
   <si>
     <t>Recruitment, Classification, and Compensation Supervisor- 
 Central Regional Hospital</t>
   </si>
   <si>
     <t>sarah.peterson@dhhs.nc.gov</t>
@@ -993,59 +960,50 @@
   <si>
     <t xml:space="preserve">HR Consultant II, High School Internship and Youth Programs </t>
   </si>
   <si>
     <t>scjohnson5@ncdot.gov</t>
   </si>
   <si>
     <t>Gina Riccio</t>
   </si>
   <si>
     <t>HR Recruiter, College Intern Program</t>
   </si>
   <si>
     <t>gmriccio@ncdot.gov</t>
   </si>
   <si>
     <t>Dept of Justice</t>
   </si>
   <si>
     <t>https://ncdoj.gov</t>
   </si>
   <si>
     <t>mlugo@ncdoj.gov</t>
   </si>
   <si>
-    <t>Jennifer Lockwood</t>
-[...7 lines deleted...]
-  <si>
     <t>Melissa Lovell</t>
   </si>
   <si>
     <t>Director of Administrative and Legal Operations</t>
   </si>
   <si>
     <t>mlovell@ncdoj.gov</t>
   </si>
   <si>
     <t>919-716-6400</t>
   </si>
   <si>
     <t xml:space="preserve">Administrative Support; Agricultural Environmental and Scientific; Education and Training; Executive; Financial and Business Management; Human Resources; Human Services; Information Communication and Media; Information Technology; Institutional Support Services; Law Enforcement and Public Safety; Legal; Medical and Health; Natural Historic and Cultural Resources; Operations and Trades; Program Management; Safety and Inspection. </t>
   </si>
   <si>
     <t>Tudy C. Mitchell</t>
   </si>
   <si>
     <t>Recruitment Program Manager</t>
   </si>
   <si>
     <t>tudy.chalmers-mitchell@dncr.nc.gov</t>
   </si>
   <si>
     <t>Jerry.Daniels@ncdor.gov</t>
@@ -1095,170 +1053,204 @@
   <si>
     <t>919-754-6869</t>
   </si>
   <si>
     <t>Helen Dicken</t>
   </si>
   <si>
     <t>Helen.dicken@oah.nc.gov</t>
   </si>
   <si>
     <t>984-236-1853</t>
   </si>
   <si>
     <t>Dept of Public Instruction</t>
   </si>
   <si>
     <t>Janet Blount</t>
   </si>
   <si>
     <t>https://www.dpi.nc.gov/</t>
   </si>
   <si>
     <t>janet.blount@dpi.nc.gov</t>
   </si>
   <si>
-    <t>Houston Davis</t>
-[...1 lines deleted...]
-  <si>
     <t>Recruitment and Salary Administration Manager</t>
   </si>
   <si>
-    <t>houston.davis@dpi.nc.gov</t>
-[...1 lines deleted...]
-  <si>
     <t>Administrative Support, Education and Training, Engineering, Executive, Financial and Business Management, Human Resources, Human Services, Information Communication and Media, Information Technology, Institutional Support Services, Law Enforcement and Public Safety, Legal, Medical and Health, Operations and Trades, Planning and Economic Development, Program Management, Safety and Inspection.</t>
   </si>
   <si>
     <t>DMV HR Consultant</t>
   </si>
   <si>
     <t>Shaun Osborne</t>
   </si>
   <si>
     <t>Senior Technical Recruiter</t>
   </si>
   <si>
     <t>Shaun.Osborne@nc.gov</t>
   </si>
   <si>
     <t>919-280-1201</t>
   </si>
   <si>
     <t>David Capen</t>
   </si>
   <si>
     <t>david.capen@labor.nc.gov</t>
   </si>
   <si>
     <t>919-707-7705</t>
   </si>
   <si>
     <t>Shelby Ruth</t>
+  </si>
+  <si>
+    <t>glenda.ellerbee@ncosc.gov</t>
+  </si>
+  <si>
+    <t>pamela.hamm@ncosc.gov</t>
+  </si>
+  <si>
+    <t>Veronica Watson</t>
+  </si>
+  <si>
+    <t>Total Rewards Manager</t>
+  </si>
+  <si>
+    <t xml:space="preserve">vwatson@ncdoj.gov </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Office of HBCU Outreach </t>
+  </si>
+  <si>
+    <t>Terrance Daniels</t>
+  </si>
+  <si>
+    <t>terrance.j.daniels@doa.nc.gov</t>
+  </si>
+  <si>
+    <t>984-236-0042</t>
+  </si>
+  <si>
+    <t>Tamara Cherry</t>
+  </si>
+  <si>
+    <t>tamara.cherry@dpi.nc.gov</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF424242"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -1553,69 +1545,69 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurie.mcvey@nc.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Penny.Vosburg@dac.nc.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deq.nc.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:David.Capen@labor.nc.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shaun.osborne@nc.gov" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamara.cherry@dpi.nc.gov" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:laurie.mcvey@nc.gov" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:terrance.j.daniels@doa.nc.gov" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Penny.Vosburg@dac.nc.gov" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://deq.nc.gov/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vwatson@ncdoj.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:David.Capen@labor.nc.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:shaun.osborne@nc.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6A78E169-A430-4561-97FA-665AF9C5EFA1}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
   </sheetPr>
   <dimension ref="A1:R38"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="E1" workbookViewId="0">
-      <selection activeCell="H8" sqref="H8"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D13" sqref="D13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="1"/>
     <col min="2" max="2" width="14.88671875" customWidth="1"/>
-    <col min="3" max="3" width="35.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="38.33203125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="42.33203125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="32.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.33203125" customWidth="1"/>
     <col min="7" max="7" width="16.33203125" customWidth="1"/>
     <col min="8" max="8" width="33.6640625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="55.6640625" customWidth="1"/>
     <col min="10" max="10" width="33.33203125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="22.33203125" customWidth="1"/>
     <col min="12" max="12" width="16.109375" customWidth="1"/>
     <col min="13" max="13" width="27.44140625" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="47.109375" customWidth="1"/>
     <col min="15" max="15" width="31.33203125" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="21.33203125" customWidth="1"/>
     <col min="17" max="17" width="16.88671875" customWidth="1"/>
     <col min="18" max="18" width="46.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" s="3" customFormat="1" ht="54" x14ac:dyDescent="0.35">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
@@ -1906,1464 +1898,1429 @@
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>67</v>
       </c>
       <c r="B7" t="str">
         <f t="shared" si="0"/>
         <v>Other</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>68</v>
       </c>
       <c r="D7" t="s">
         <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>70</v>
       </c>
       <c r="F7" t="s">
         <v>71</v>
       </c>
       <c r="G7" t="s">
         <v>20</v>
       </c>
       <c r="H7" t="s">
-        <v>347</v>
+        <v>331</v>
       </c>
       <c r="I7" t="s">
         <v>72</v>
       </c>
       <c r="J7" t="s">
         <v>73</v>
       </c>
       <c r="K7" t="s">
         <v>71</v>
       </c>
       <c r="L7" t="s">
         <v>33</v>
       </c>
       <c r="R7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D8" t="s">
         <v>77</v>
       </c>
       <c r="E8" t="s">
         <v>78</v>
       </c>
       <c r="G8" t="s">
         <v>20</v>
       </c>
       <c r="H8" t="s">
         <v>79</v>
       </c>
       <c r="I8" t="s">
+        <v>337</v>
+      </c>
+      <c r="J8" t="s">
         <v>80</v>
       </c>
-      <c r="J8" t="s">
+      <c r="L8" t="s">
+        <v>33</v>
+      </c>
+      <c r="R8" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B9" t="str">
         <f t="shared" si="0"/>
         <v>Other</v>
       </c>
       <c r="C9" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" t="s">
+        <v>84</v>
+      </c>
+      <c r="E9" t="s">
+        <v>85</v>
+      </c>
+      <c r="F9" t="s">
+        <v>86</v>
+      </c>
+      <c r="G9" t="s">
+        <v>20</v>
+      </c>
+      <c r="H9" t="s">
         <v>87</v>
       </c>
-      <c r="D9" t="s">
+      <c r="I9" t="s">
         <v>88</v>
       </c>
-      <c r="E9" t="s">
+      <c r="J9" t="s">
         <v>89</v>
       </c>
-      <c r="F9" t="s">
+      <c r="K9" t="s">
         <v>90</v>
       </c>
-      <c r="G9" t="s">
-[...2 lines deleted...]
-      <c r="H9" t="s">
+      <c r="L9" t="s">
+        <v>33</v>
+      </c>
+      <c r="R9" t="s">
         <v>91</v>
-      </c>
-[...13 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B10" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>94</v>
+      </c>
+      <c r="E10" t="s">
+        <v>95</v>
+      </c>
+      <c r="F10" t="s">
+        <v>96</v>
+      </c>
+      <c r="G10" t="s">
+        <v>33</v>
+      </c>
+      <c r="H10" t="s">
         <v>97</v>
       </c>
-      <c r="D10" t="s">
+      <c r="I10" t="s">
         <v>98</v>
       </c>
-      <c r="E10" t="s">
+      <c r="J10" t="s">
         <v>99</v>
       </c>
-      <c r="F10" t="s">
+      <c r="K10" t="s">
         <v>100</v>
       </c>
-      <c r="G10" t="s">
-[...2 lines deleted...]
-      <c r="H10" t="s">
+      <c r="L10" t="s">
+        <v>33</v>
+      </c>
+      <c r="R10" t="s">
         <v>101</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B11" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C11" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D11" t="s">
+        <v>104</v>
+      </c>
+      <c r="E11" t="s">
+        <v>105</v>
+      </c>
+      <c r="G11" t="s">
+        <v>20</v>
+      </c>
+      <c r="H11" t="s">
+        <v>106</v>
+      </c>
+      <c r="I11" t="s">
         <v>107</v>
       </c>
-      <c r="D11" t="s">
+      <c r="J11" t="s">
         <v>108</v>
       </c>
-      <c r="E11" t="s">
+      <c r="L11" t="s">
+        <v>33</v>
+      </c>
+      <c r="R11" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="str">
         <f t="shared" si="0"/>
         <v>Office</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E12" t="s">
         <v>19</v>
       </c>
       <c r="H12" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="I12" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="J12" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="K12" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="L12" t="s">
         <v>33</v>
-      </c>
-[...13 lines deleted...]
-        <v>20</v>
       </c>
       <c r="R12" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="B13" t="str">
         <f t="shared" si="0"/>
         <v>Office</v>
       </c>
       <c r="C13" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D13" t="s">
+        <v>117</v>
+      </c>
+      <c r="E13" t="s">
+        <v>118</v>
+      </c>
+      <c r="F13" t="s">
+        <v>119</v>
+      </c>
+      <c r="G13" t="s">
+        <v>20</v>
+      </c>
+      <c r="H13" t="s">
+        <v>120</v>
+      </c>
+      <c r="I13" t="s">
+        <v>121</v>
+      </c>
+      <c r="J13" t="s">
+        <v>122</v>
+      </c>
+      <c r="K13" t="s">
+        <v>119</v>
+      </c>
+      <c r="L13" t="s">
+        <v>33</v>
+      </c>
+      <c r="M13" t="s">
         <v>123</v>
       </c>
-      <c r="D13" t="s">
+      <c r="N13" t="s">
         <v>124</v>
       </c>
-      <c r="E13" t="s">
+      <c r="O13" t="s">
         <v>125</v>
       </c>
-      <c r="F13" t="s">
+      <c r="P13" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>33</v>
+      </c>
+      <c r="R13" t="s">
         <v>126</v>
-      </c>
-[...34 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A14" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="B14" t="str">
         <f t="shared" si="0"/>
         <v>Office</v>
       </c>
       <c r="C14" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="D14" t="s">
+        <v>129</v>
+      </c>
+      <c r="E14" t="s">
+        <v>130</v>
+      </c>
+      <c r="F14" t="s">
+        <v>131</v>
+      </c>
+      <c r="G14" t="s">
+        <v>33</v>
+      </c>
+      <c r="H14" t="s">
+        <v>132</v>
+      </c>
+      <c r="I14" t="s">
+        <v>133</v>
+      </c>
+      <c r="J14" t="s">
+        <v>134</v>
+      </c>
+      <c r="K14" t="s">
         <v>135</v>
       </c>
-      <c r="D14" t="s">
+      <c r="L14" t="s">
+        <v>20</v>
+      </c>
+      <c r="R14" t="s">
         <v>136</v>
-      </c>
-[...25 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A15" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="B15" t="str">
         <f t="shared" si="0"/>
         <v>Office</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="D15" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="E15" t="s">
-        <v>147</v>
+        <v>332</v>
       </c>
       <c r="G15" t="s">
         <v>33</v>
       </c>
       <c r="H15" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="I15" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>141</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>333</v>
       </c>
       <c r="L15" t="s">
         <v>33</v>
       </c>
       <c r="R15" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A16" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="B16" t="str">
         <f t="shared" si="0"/>
         <v>Office</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="D16" t="s">
-        <v>328</v>
+        <v>314</v>
       </c>
       <c r="E16" t="s">
-        <v>329</v>
+        <v>315</v>
       </c>
       <c r="F16" t="s">
-        <v>330</v>
+        <v>316</v>
       </c>
       <c r="G16" t="s">
         <v>20</v>
       </c>
       <c r="H16" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="I16" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="J16" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="L16" t="s">
         <v>33</v>
       </c>
       <c r="R16" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A17" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B17" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D17" t="s">
+        <v>151</v>
+      </c>
+      <c r="E17" t="s">
+        <v>152</v>
+      </c>
+      <c r="F17" t="s">
+        <v>153</v>
+      </c>
+      <c r="G17" t="s">
+        <v>20</v>
+      </c>
+      <c r="H17" t="s">
+        <v>308</v>
+      </c>
+      <c r="I17" t="s">
+        <v>205</v>
+      </c>
+      <c r="J17" t="s">
+        <v>309</v>
+      </c>
+      <c r="K17" t="s">
+        <v>310</v>
+      </c>
+      <c r="L17" t="s">
+        <v>33</v>
+      </c>
+      <c r="M17" t="s">
+        <v>155</v>
+      </c>
+      <c r="N17" t="s">
+        <v>156</v>
+      </c>
+      <c r="O17" t="s">
+        <v>157</v>
+      </c>
+      <c r="P17" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>20</v>
+      </c>
+      <c r="R17" t="s">
         <v>159</v>
-      </c>
-[...43 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A18" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="B18" t="str">
         <f t="shared" si="0"/>
         <v>Other</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="D18" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="E18" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="F18" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="G18" t="s">
         <v>33</v>
       </c>
       <c r="H18" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="I18" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="J18" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
       <c r="K18" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="L18" t="s">
         <v>33</v>
       </c>
       <c r="R18" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A19" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="B19" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="D19" t="s">
-        <v>344</v>
+        <v>328</v>
       </c>
       <c r="E19" t="s">
-        <v>345</v>
+        <v>329</v>
       </c>
       <c r="F19" t="s">
-        <v>346</v>
+        <v>330</v>
       </c>
       <c r="G19" t="s">
         <v>33</v>
       </c>
       <c r="H19" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="I19" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
       <c r="J19" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="L19" t="s">
         <v>33</v>
       </c>
       <c r="R19" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="B20" t="str">
         <f t="shared" si="0"/>
         <v>Other</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="D20" t="s">
+        <v>177</v>
+      </c>
+      <c r="E20" t="s">
+        <v>178</v>
+      </c>
+      <c r="F20" t="s">
+        <v>179</v>
+      </c>
+      <c r="G20" t="s">
+        <v>33</v>
+      </c>
+      <c r="H20" t="s">
+        <v>180</v>
+      </c>
+      <c r="I20" t="s">
+        <v>154</v>
+      </c>
+      <c r="J20" t="s">
+        <v>181</v>
+      </c>
+      <c r="L20" t="s">
+        <v>33</v>
+      </c>
+      <c r="M20" t="s">
+        <v>182</v>
+      </c>
+      <c r="N20" t="s">
+        <v>183</v>
+      </c>
+      <c r="O20" t="s">
+        <v>184</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>20</v>
+      </c>
+      <c r="R20" t="s">
         <v>185</v>
-      </c>
-[...37 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="21" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="B21" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C21" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D21" t="s">
+        <v>188</v>
+      </c>
+      <c r="E21" t="s">
+        <v>189</v>
+      </c>
+      <c r="G21" t="s">
+        <v>20</v>
+      </c>
+      <c r="H21" t="s">
+        <v>190</v>
+      </c>
+      <c r="I21" t="s">
+        <v>191</v>
+      </c>
+      <c r="J21" t="s">
+        <v>192</v>
+      </c>
+      <c r="K21" t="s">
+        <v>193</v>
+      </c>
+      <c r="L21" t="s">
+        <v>33</v>
+      </c>
+      <c r="M21" t="s">
+        <v>194</v>
+      </c>
+      <c r="N21" t="s">
+        <v>195</v>
+      </c>
+      <c r="O21" t="s">
         <v>196</v>
       </c>
-      <c r="D21" t="s">
+      <c r="Q21" t="s">
+        <v>20</v>
+      </c>
+      <c r="R21" t="s">
         <v>197</v>
-      </c>
-[...34 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="22" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>47</v>
       </c>
       <c r="B22" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>48</v>
       </c>
       <c r="D22" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>20</v>
       </c>
       <c r="H22" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="I22" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="J22" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="L22" t="s">
         <v>20</v>
       </c>
       <c r="M22" t="s">
         <v>55</v>
       </c>
       <c r="N22" t="s">
         <v>56</v>
       </c>
       <c r="O22" t="s">
         <v>57</v>
       </c>
       <c r="Q22" t="s">
         <v>33</v>
       </c>
       <c r="R22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="B23" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="D23" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="E23" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="G23" t="s">
         <v>20</v>
       </c>
       <c r="H23" t="s">
-        <v>214</v>
+        <v>338</v>
       </c>
       <c r="I23" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>141</v>
+      </c>
+      <c r="J23" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="K23" t="s">
+        <v>340</v>
       </c>
       <c r="L23" t="s">
         <v>33</v>
       </c>
       <c r="R23" t="s">
-        <v>217</v>
+        <v>206</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
-        <v>218</v>
+        <v>207</v>
       </c>
       <c r="B24" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="D24" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="E24" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="G24" t="s">
         <v>20</v>
       </c>
       <c r="H24" t="s">
-        <v>222</v>
+        <v>211</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>223</v>
+        <v>212</v>
       </c>
       <c r="J24" t="s">
-        <v>224</v>
+        <v>213</v>
       </c>
       <c r="L24" t="s">
         <v>20</v>
       </c>
       <c r="M24" t="s">
-        <v>225</v>
+        <v>214</v>
       </c>
       <c r="N24" t="s">
-        <v>226</v>
+        <v>215</v>
       </c>
       <c r="O24" t="s">
-        <v>227</v>
+        <v>216</v>
       </c>
       <c r="P24" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="Q24" t="s">
         <v>33</v>
       </c>
       <c r="R24" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="129.6" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>37</v>
       </c>
       <c r="B25" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C25" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D25" t="s">
         <v>30</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="G25" t="s">
         <v>20</v>
       </c>
       <c r="H25" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="I25" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="J25" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="L25" t="s">
         <v>33</v>
       </c>
       <c r="M25" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
       <c r="N25" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="O25" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="Q25" t="s">
         <v>20</v>
       </c>
       <c r="R25" s="2" t="s">
-        <v>236</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A26" t="s">
-        <v>237</v>
+        <v>226</v>
       </c>
       <c r="B26" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>238</v>
+        <v>227</v>
       </c>
       <c r="D26" t="s">
+        <v>311</v>
+      </c>
+      <c r="E26" t="s">
+        <v>312</v>
+      </c>
+      <c r="F26" t="s">
+        <v>313</v>
+      </c>
+      <c r="G26" t="s">
+        <v>20</v>
+      </c>
+      <c r="H26" t="s">
+        <v>324</v>
+      </c>
+      <c r="I26" t="s">
         <v>325</v>
       </c>
-      <c r="E26" t="s">
+      <c r="J26" t="s">
         <v>326</v>
       </c>
-      <c r="F26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="L26" t="s">
         <v>33</v>
       </c>
       <c r="R26" t="s">
-        <v>239</v>
+        <v>228</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A27" t="s">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="B27" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>241</v>
+        <v>230</v>
       </c>
       <c r="D27" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c r="E27" t="s">
-        <v>314</v>
+        <v>300</v>
       </c>
       <c r="G27" t="s">
         <v>20</v>
       </c>
       <c r="H27" t="s">
-        <v>315</v>
+        <v>301</v>
       </c>
       <c r="I27" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="J27" t="s">
-        <v>317</v>
+        <v>303</v>
       </c>
       <c r="K27" t="s">
-        <v>343</v>
+        <v>327</v>
       </c>
       <c r="L27" t="s">
         <v>33</v>
       </c>
       <c r="R27" t="s">
-        <v>242</v>
+        <v>231</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A28" t="s">
-        <v>243</v>
+        <v>232</v>
       </c>
       <c r="B28" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>244</v>
+        <v>233</v>
       </c>
       <c r="D28" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="E28" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
       <c r="G28" t="s">
         <v>20</v>
       </c>
       <c r="H28" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="I28" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="J28" t="s">
-        <v>247</v>
+        <v>236</v>
       </c>
       <c r="L28" t="s">
         <v>33</v>
       </c>
       <c r="R28" t="s">
-        <v>248</v>
+        <v>237</v>
       </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A29" t="s">
         <v>75</v>
       </c>
       <c r="B29" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C29" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D29" t="s">
         <v>77</v>
       </c>
       <c r="E29" t="s">
         <v>78</v>
       </c>
       <c r="G29" t="s">
         <v>33</v>
       </c>
       <c r="H29" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="I29" t="s">
-        <v>339</v>
+        <v>323</v>
       </c>
       <c r="J29" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="L29" t="s">
         <v>33</v>
       </c>
       <c r="R29" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="B30" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>251</v>
+        <v>240</v>
       </c>
       <c r="D30" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="E30" t="s">
-        <v>253</v>
+        <v>242</v>
       </c>
       <c r="G30" t="s">
         <v>20</v>
       </c>
       <c r="M30" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
       <c r="N30" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="O30" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="R30" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="28.8" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
-        <v>254</v>
+        <v>243</v>
       </c>
       <c r="B31" t="str">
         <f t="shared" si="0"/>
         <v>Other</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="D31" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="E31" t="s">
-        <v>257</v>
+        <v>246</v>
       </c>
       <c r="G31" t="s">
         <v>20</v>
       </c>
       <c r="H31" t="s">
-        <v>258</v>
+        <v>247</v>
       </c>
       <c r="I31" t="s">
-        <v>259</v>
+        <v>248</v>
       </c>
       <c r="J31" t="s">
-        <v>260</v>
+        <v>249</v>
       </c>
       <c r="K31" t="s">
-        <v>261</v>
+        <v>250</v>
       </c>
       <c r="L31" t="s">
         <v>33</v>
       </c>
       <c r="M31" t="s">
-        <v>262</v>
+        <v>251</v>
       </c>
       <c r="N31" s="2" t="s">
-        <v>263</v>
+        <v>252</v>
       </c>
       <c r="O31" t="s">
-        <v>264</v>
+        <v>253</v>
       </c>
       <c r="Q31" t="s">
         <v>33</v>
       </c>
       <c r="R31" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="B32" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="D32" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="E32" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="F32" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="G32" t="s">
         <v>33</v>
       </c>
       <c r="H32" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="I32" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="J32" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="K32" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="L32" t="s">
         <v>33</v>
       </c>
       <c r="M32" t="s">
-        <v>318</v>
+        <v>304</v>
       </c>
       <c r="N32" t="s">
-        <v>319</v>
+        <v>305</v>
       </c>
       <c r="O32" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="P32" t="s">
-        <v>321</v>
+        <v>307</v>
       </c>
       <c r="Q32" t="s">
         <v>33</v>
       </c>
       <c r="R32" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>75</v>
       </c>
       <c r="B33" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D33" t="s">
         <v>77</v>
       </c>
       <c r="E33" t="s">
         <v>78</v>
       </c>
       <c r="G33" t="s">
         <v>20</v>
       </c>
       <c r="H33" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="I33" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="J33" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="L33" t="s">
         <v>33</v>
       </c>
       <c r="R33" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>37</v>
       </c>
       <c r="B34" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>29</v>
       </c>
       <c r="D34" t="s">
         <v>30</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="G34" t="s">
         <v>20</v>
       </c>
       <c r="H34" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="I34" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="J34" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="L34" t="s">
         <v>33</v>
       </c>
       <c r="R34" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="B35" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>284</v>
+        <v>273</v>
       </c>
       <c r="D35" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="E35" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
       <c r="F35" t="s">
-        <v>286</v>
+        <v>275</v>
       </c>
       <c r="G35" t="s">
         <v>20</v>
       </c>
       <c r="H35" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="I35" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="J35" t="s">
-        <v>289</v>
+        <v>278</v>
       </c>
       <c r="K35" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="L35" t="s">
         <v>33</v>
       </c>
       <c r="R35" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>76</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
         <v>78</v>
       </c>
       <c r="G36" t="s">
         <v>20</v>
       </c>
       <c r="H36" t="s">
-        <v>292</v>
+        <v>281</v>
       </c>
       <c r="I36" t="s">
-        <v>293</v>
+        <v>282</v>
       </c>
       <c r="J36" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="L36" t="s">
         <v>33</v>
       </c>
       <c r="M36" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="N36" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="O36" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="Q36" t="s">
         <v>33</v>
       </c>
       <c r="R36" t="s">
-        <v>249</v>
+        <v>238</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="B37" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="D37" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="E37" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="G37" t="s">
         <v>20</v>
       </c>
       <c r="H37" t="s">
-        <v>301</v>
+        <v>334</v>
       </c>
       <c r="I37" t="s">
-        <v>302</v>
+        <v>335</v>
       </c>
       <c r="J37" t="s">
-        <v>303</v>
+        <v>336</v>
       </c>
       <c r="L37" t="s">
         <v>33</v>
       </c>
       <c r="M37" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="N37" t="s">
-        <v>305</v>
+        <v>291</v>
       </c>
       <c r="O37" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="P37" t="s">
-        <v>307</v>
+        <v>293</v>
       </c>
       <c r="Q37" t="s">
         <v>20</v>
       </c>
       <c r="R37" t="s">
-        <v>308</v>
+        <v>294</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
-        <v>331</v>
+        <v>317</v>
       </c>
       <c r="B38" t="str">
         <f t="shared" si="0"/>
         <v>Dept</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="D38" t="s">
-        <v>332</v>
+        <v>318</v>
       </c>
       <c r="E38" t="s">
-        <v>334</v>
+        <v>320</v>
+      </c>
+      <c r="G38" t="s">
+        <v>20</v>
       </c>
       <c r="H38" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="I38" t="s">
-        <v>336</v>
+        <v>321</v>
       </c>
       <c r="J38" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="L38" t="s">
         <v>33</v>
       </c>
       <c r="R38" t="s">
-        <v>338</v>
+        <v>322</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:B37" xr:uid="{1EA8AEAF-C546-4F8F-9F94-6411B1EE9070}"/>
+  <autoFilter ref="A1:B38" xr:uid="{1EA8AEAF-C546-4F8F-9F94-6411B1EE9070}"/>
   <hyperlinks>
     <hyperlink ref="C11" r:id="rId1" xr:uid="{C66B5960-8E89-4343-AF7B-B8A343192DDE}"/>
     <hyperlink ref="O32" r:id="rId2" tooltip="mailto:Penny.Vosburg@dac.nc.gov" display="mailto:Penny.Vosburg@dac.nc.gov" xr:uid="{BD63A9D4-D377-485A-872E-BBBD11309C00}"/>
     <hyperlink ref="E26" r:id="rId3" xr:uid="{D7BD1CB5-1FE8-4873-BF31-2A15CA786D4A}"/>
     <hyperlink ref="H26" r:id="rId4" tooltip="mailto:shaun.osborne@nc.gov" display="mailto:shaun.osborne@nc.gov" xr:uid="{593901CC-FE81-483F-B001-F7C841E4FAA6}"/>
     <hyperlink ref="D19" r:id="rId5" display="mailto:David.Capen@labor.nc.gov" xr:uid="{BE2AAE11-2525-429C-86AC-7970AD4E4EEC}"/>
+    <hyperlink ref="J37" r:id="rId6" display="mailto:vwatson@ncdoj.gov" xr:uid="{6291B404-8A09-48E7-AED7-04B0C5E91873}"/>
+    <hyperlink ref="J23" r:id="rId7" xr:uid="{9F4114F4-227C-4130-8972-C1AC6F5143E7}"/>
+    <hyperlink ref="J38" r:id="rId8" display="mailto:tamara.cherry@dpi.nc.gov" xr:uid="{D7530D34-0DB3-404C-B282-47824BEDDD99}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100185466203A8079449C736E29E5B1D821" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0549bdb613642b87558cfa582cc25fc9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="64e123e2-0047-416d-9778-904dcefa60fa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44ba09baab7ecb16fa1fd008e79728ce" ns3:_="">
     <xsd:import namespace="64e123e2-0047-416d-9778-904dcefa60fa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -3501,88 +3458,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="64e123e2-0047-416d-9778-904dcefa60fa" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA8BC8AE-22DF-4564-9E93-75F820DE18FA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B8D3A3-A8B9-4156-A8FD-7B79C0025B25}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{284EF42E-5981-40FD-BEA6-6D1C81C00FD5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="64e123e2-0047-416d-9778-904dcefa60fa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D0B8D3A3-A8B9-4156-A8FD-7B79C0025B25}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA8BC8AE-22DF-4564-9E93-75F820DE18FA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>State Agencies</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>