--- v0 (2026-02-15)
+++ v1 (2026-03-07)
@@ -7,70 +7,70 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect.sharepoint.com/sites/OSHRDocumentLibrary/NC Flex Benefits Wellness Employee Recognition/Wellness/Miles for Wellness/Challenge 33/Spreadsheets/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="39" documentId="8_{CDD19944-33CC-46FD-A266-8EA79C0BF85D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{EB7CF949-72D4-4527-9344-CEB13F9B5461}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{E13BA537-F299-4713-ABA5-7A4DE2338315}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="13896" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Team Roster Tab" sheetId="3" r:id="rId1"/>
     <sheet name="Captain's Tracking Sheet" sheetId="1" r:id="rId2"/>
     <sheet name="DropDownValues" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">' Team Roster Tab'!$B$1:$H$9</definedName>
-    <definedName name="Agency">OFFSET(DropDownValues!$B$2,0,0,COUNTA(DropDownValues!$B$2:$B$200),1)</definedName>
-    <definedName name="NumParticipants">OFFSET(DropDownValues!$D$2,0,0,COUNTA(DropDownValues!$D$2:$D$100),1)</definedName>
+    <definedName name="Agency">OFFSET(DropDownValues!$B$2,0,0,COUNTA(DropDownValues!$B$2:$B$201),1)</definedName>
+    <definedName name="NumParticipants">OFFSET(DropDownValues!$D$2,0,0,COUNTA(DropDownValues!$D$2:$D$101),1)</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Captain''s Tracking Sheet'!$A$1:$O$55</definedName>
     <definedName name="TeamMembers">OFFSET('Captain''s Tracking Sheet'!$C$24,0,0,COUNTA('Captain''s Tracking Sheet'!$C$24:$C$33),1)</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <webPublishing codePage="1252"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E8" i="1" l="1"/>
   <c r="L11" i="1" l="1"/>
   <c r="C24" i="1" l="1"/>
   <c r="L8" i="1"/>
@@ -138,51 +138,51 @@
   <c r="O28" i="1" s="1"/>
   <c r="F26" i="1"/>
   <c r="M35" i="1" l="1"/>
   <c r="M37" i="1"/>
   <c r="L35" i="1"/>
   <c r="L37" i="1"/>
   <c r="K35" i="1"/>
   <c r="K37" i="1"/>
   <c r="O26" i="1"/>
   <c r="I35" i="1"/>
   <c r="I37" i="1"/>
   <c r="J35" i="1"/>
   <c r="N35" i="1"/>
   <c r="F16" i="1"/>
   <c r="F14" i="1" s="1"/>
   <c r="H35" i="1"/>
   <c r="G35" i="1"/>
   <c r="F34" i="1"/>
   <c r="N15" i="1" s="1"/>
   <c r="F37" i="1" l="1"/>
   <c r="F35" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="155">
   <si>
     <t>Agency</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>02</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
     <t>04</t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
@@ -1312,50 +1312,53 @@
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Verdana"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Verdana"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">IMPORTANT NOTE: This spreadsheet must not be altered in any way. Alteration of this document can cause elimination from the challenge. The information placed here will populate onto the Captain's Tracking Sheet (SEE GRAY TAB BELOW)
 </t>
     </r>
+  </si>
+  <si>
+    <t>NC State Highway Patrol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="00"/>
   </numFmts>
   <fonts count="44">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Verdana"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -2502,70 +2505,136 @@
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="14" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="14" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="15" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="12" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="3" fontId="27" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="36" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="13" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="5" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="29" fillId="16" borderId="36" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -2583,116 +2652,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="16" borderId="41" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="12" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="12" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="11" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...64 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Input" xfId="3" builtinId="20"/>
     <cellStyle name="Neutral" xfId="1" builtinId="28"/>
     <cellStyle name="Normal" xfId="0" builtinId="0" customBuiltin="1"/>
     <cellStyle name="Output" xfId="2" builtinId="21"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium9">
     <tableStyle name="Table Style 1" pivot="0" count="0" xr9:uid="{00000000-0011-0000-FFFF-FFFF00000000}"/>
   </tableStyles>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -3055,60 +3058,60 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:O26"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7:E7"/>
+      <selection activeCell="N12" sqref="N12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="3.26953125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="8.453125" customWidth="1"/>
+    <col min="1" max="1" width="3.25" customWidth="1"/>
+    <col min="2" max="2" width="3.875" customWidth="1"/>
+    <col min="3" max="3" width="18.875" customWidth="1"/>
+    <col min="4" max="4" width="20.875" customWidth="1"/>
+    <col min="5" max="5" width="8.5" customWidth="1"/>
     <col min="6" max="6" width="19" customWidth="1"/>
     <col min="7" max="7" width="29" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:15" ht="15" customHeight="1">
       <c r="B1" s="74" t="s">
         <v>153</v>
       </c>
       <c r="C1" s="74"/>
       <c r="D1" s="74"/>
       <c r="E1" s="74"/>
       <c r="F1" s="74"/>
       <c r="G1" s="74"/>
       <c r="H1" s="74"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="10"/>
       <c r="O1" s="10"/>
     </row>
     <row r="2" spans="2:15" ht="12.75" customHeight="1">
       <c r="B2" s="74"/>
       <c r="C2" s="74"/>
@@ -3277,141 +3280,141 @@
       <c r="J11" s="10"/>
       <c r="K11" s="10"/>
       <c r="L11" s="10"/>
       <c r="M11" s="10"/>
       <c r="N11" s="10"/>
       <c r="O11" s="10"/>
     </row>
     <row r="12" spans="2:15" s="9" customFormat="1" ht="20.25" customHeight="1">
       <c r="B12" s="72" t="s">
         <v>63</v>
       </c>
       <c r="C12" s="73"/>
       <c r="D12" s="42" t="s">
         <v>64</v>
       </c>
       <c r="E12" s="43" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="43" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="43" t="s">
         <v>66</v>
       </c>
     </row>
-    <row r="13" spans="2:15" ht="28.05" customHeight="1">
+    <row r="13" spans="2:15" ht="28.15" customHeight="1">
       <c r="B13" s="21">
         <v>1</v>
       </c>
       <c r="C13" s="22"/>
       <c r="D13" s="23"/>
       <c r="E13" s="25"/>
       <c r="F13" s="24"/>
       <c r="G13" s="25"/>
     </row>
-    <row r="14" spans="2:15" ht="28.05" customHeight="1">
+    <row r="14" spans="2:15" ht="28.15" customHeight="1">
       <c r="B14" s="44">
         <v>2</v>
       </c>
       <c r="C14" s="45"/>
       <c r="D14" s="46"/>
       <c r="E14" s="47"/>
       <c r="F14" s="48"/>
       <c r="G14" s="47"/>
     </row>
-    <row r="15" spans="2:15" ht="28.05" customHeight="1">
+    <row r="15" spans="2:15" ht="28.15" customHeight="1">
       <c r="B15" s="21">
         <v>3</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="23"/>
       <c r="E15" s="25"/>
       <c r="F15" s="24"/>
       <c r="G15" s="25"/>
     </row>
-    <row r="16" spans="2:15" ht="28.05" customHeight="1">
+    <row r="16" spans="2:15" ht="28.15" customHeight="1">
       <c r="B16" s="44">
         <v>4</v>
       </c>
       <c r="C16" s="45"/>
       <c r="D16" s="46"/>
       <c r="E16" s="47"/>
       <c r="F16" s="48"/>
       <c r="G16" s="47"/>
     </row>
-    <row r="17" spans="2:7" ht="28.05" customHeight="1">
+    <row r="17" spans="2:7" ht="28.15" customHeight="1">
       <c r="B17" s="21">
         <v>5</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="23"/>
       <c r="E17" s="25"/>
       <c r="F17" s="24"/>
       <c r="G17" s="25"/>
     </row>
-    <row r="18" spans="2:7" ht="28.05" customHeight="1">
+    <row r="18" spans="2:7" ht="28.15" customHeight="1">
       <c r="B18" s="44">
         <v>6</v>
       </c>
       <c r="C18" s="45"/>
       <c r="D18" s="46"/>
       <c r="E18" s="47"/>
       <c r="F18" s="48"/>
       <c r="G18" s="47"/>
     </row>
-    <row r="19" spans="2:7" ht="28.05" customHeight="1">
+    <row r="19" spans="2:7" ht="28.15" customHeight="1">
       <c r="B19" s="21">
         <v>7</v>
       </c>
       <c r="C19" s="22"/>
       <c r="D19" s="23"/>
       <c r="E19" s="25"/>
       <c r="F19" s="24"/>
       <c r="G19" s="25"/>
     </row>
-    <row r="20" spans="2:7" ht="28.05" customHeight="1">
+    <row r="20" spans="2:7" ht="28.15" customHeight="1">
       <c r="B20" s="44">
         <v>8</v>
       </c>
       <c r="C20" s="45"/>
       <c r="D20" s="46"/>
       <c r="E20" s="47"/>
       <c r="F20" s="48"/>
       <c r="G20" s="47"/>
     </row>
-    <row r="21" spans="2:7" ht="28.05" customHeight="1">
+    <row r="21" spans="2:7" ht="28.15" customHeight="1">
       <c r="B21" s="21">
         <v>9</v>
       </c>
       <c r="C21" s="22"/>
       <c r="D21" s="23"/>
       <c r="E21" s="25"/>
       <c r="F21" s="24"/>
       <c r="G21" s="25"/>
     </row>
-    <row r="22" spans="2:7" ht="28.05" customHeight="1">
+    <row r="22" spans="2:7" ht="28.15" customHeight="1">
       <c r="B22" s="44">
         <v>10</v>
       </c>
       <c r="C22" s="45"/>
       <c r="D22" s="46"/>
       <c r="E22" s="47"/>
       <c r="F22" s="48"/>
       <c r="G22" s="47"/>
     </row>
     <row r="23" spans="2:7" ht="14.25" customHeight="1">
       <c r="C23" s="70" t="s">
         <v>149</v>
       </c>
       <c r="D23" s="71"/>
       <c r="E23" s="71"/>
       <c r="F23" s="71"/>
       <c r="G23" s="71"/>
     </row>
     <row r="24" spans="2:7">
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
     </row>
@@ -3440,86 +3443,86 @@
     <mergeCell ref="C23:G26"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="B1:H6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="D8:E8"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E13:E22" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"Male, Female, Neutral"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.15" right="0.15" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="82" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"-,Bold"&amp;20Team Roster&amp;"-,Regular"&amp;10
 </oddHeader>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
-            <xm:f>DropDownValues!$B$2:$B$96</xm:f>
+            <xm:f>DropDownValues!$B$2:$B$97</xm:f>
           </x14:formula1>
           <xm:sqref>D9:E9</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2">
     <tabColor theme="0" tint="-0.249977111117893"/>
     <pageSetUpPr autoPageBreaks="0" fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AD55"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+    <sheetView showGridLines="0" showZeros="0" tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="F16" sqref="F16:G16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="7.1796875" defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultColWidth="7.125" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="1.7265625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="1.75" style="1" customWidth="1"/>
     <col min="2" max="2" width="4" style="1" customWidth="1"/>
-    <col min="3" max="4" width="11.7265625" style="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="17" max="18" width="7.1796875" style="1"/>
+    <col min="3" max="4" width="11.75" style="1" customWidth="1"/>
+    <col min="5" max="5" width="7.125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="12.125" style="1" customWidth="1"/>
+    <col min="7" max="13" width="10.75" style="1" customWidth="1"/>
+    <col min="14" max="14" width="17.75" style="1" customWidth="1"/>
+    <col min="15" max="15" width="0.125" style="1" customWidth="1"/>
+    <col min="16" max="16" width="20.875" hidden="1" customWidth="1"/>
+    <col min="17" max="18" width="7.125" style="1"/>
     <col min="19" max="19" width="8" style="1" bestFit="1" customWidth="1"/>
-    <col min="20" max="16384" width="7.1796875" style="1"/>
+    <col min="20" max="16384" width="7.125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="68.25" customHeight="1">
       <c r="A1" s="3"/>
       <c r="B1" s="74" t="s">
         <v>151</v>
       </c>
       <c r="C1" s="74"/>
       <c r="D1" s="74"/>
       <c r="E1" s="74"/>
       <c r="F1" s="74"/>
       <c r="G1" s="74"/>
       <c r="H1" s="74"/>
       <c r="I1" s="74"/>
       <c r="J1" s="74"/>
       <c r="K1" s="74"/>
       <c r="L1" s="74"/>
       <c r="M1" s="74"/>
       <c r="N1" s="74"/>
       <c r="O1" s="74"/>
     </row>
     <row r="2" spans="1:16" ht="12.75" customHeight="1">
       <c r="B2" s="74"/>
       <c r="C2" s="74"/>
       <c r="D2" s="74"/>
@@ -3595,1266 +3598,1266 @@
       <c r="J6" s="10"/>
       <c r="K6" s="10"/>
       <c r="L6" s="10"/>
       <c r="M6" s="10"/>
       <c r="N6" s="10"/>
       <c r="O6" s="10"/>
     </row>
     <row r="7" spans="1:16" ht="16.5" customHeight="1">
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
       <c r="F7" s="5"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
       <c r="I7" s="5"/>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
       <c r="L7" s="5"/>
       <c r="M7" s="5"/>
       <c r="N7" s="5"/>
       <c r="O7" s="5"/>
     </row>
     <row r="8" spans="1:16" ht="16.5" customHeight="1">
       <c r="A8"/>
-      <c r="B8" s="84" t="s">
+      <c r="B8" s="87" t="s">
         <v>35</v>
       </c>
-      <c r="C8" s="84"/>
-      <c r="D8" s="84"/>
+      <c r="C8" s="87"/>
+      <c r="D8" s="87"/>
       <c r="E8" s="67">
         <f>' Team Roster Tab'!D7</f>
         <v>0</v>
       </c>
       <c r="F8" s="67"/>
       <c r="G8" s="67"/>
       <c r="H8" s="67"/>
       <c r="I8" s="9"/>
-      <c r="J8" s="110" t="s">
+      <c r="J8" s="78" t="s">
         <v>34</v>
       </c>
-      <c r="K8" s="110"/>
-      <c r="L8" s="112">
+      <c r="K8" s="78"/>
+      <c r="L8" s="99">
         <f>' Team Roster Tab'!G7</f>
         <v>0</v>
       </c>
-      <c r="M8" s="112"/>
-[...1 lines deleted...]
-      <c r="O8" s="112"/>
+      <c r="M8" s="99"/>
+      <c r="N8" s="99"/>
+      <c r="O8" s="99"/>
     </row>
     <row r="9" spans="1:16" ht="24.75" customHeight="1">
       <c r="A9"/>
-      <c r="B9" s="84" t="s">
+      <c r="B9" s="87" t="s">
         <v>11</v>
       </c>
-      <c r="C9" s="84"/>
-[...1 lines deleted...]
-      <c r="E9" s="116">
+      <c r="C9" s="87"/>
+      <c r="D9" s="87"/>
+      <c r="E9" s="91">
         <f>' Team Roster Tab'!D8</f>
         <v>0</v>
       </c>
-      <c r="F9" s="116"/>
-[...1 lines deleted...]
-      <c r="H9" s="116"/>
+      <c r="F9" s="91"/>
+      <c r="G9" s="91"/>
+      <c r="H9" s="91"/>
       <c r="I9" s="9"/>
-      <c r="J9" s="110" t="s">
+      <c r="J9" s="78" t="s">
         <v>36</v>
       </c>
-      <c r="K9" s="110"/>
-      <c r="L9" s="119">
+      <c r="K9" s="78"/>
+      <c r="L9" s="79">
         <f>' Team Roster Tab'!G8</f>
         <v>0</v>
       </c>
-      <c r="M9" s="119"/>
-[...1 lines deleted...]
-      <c r="O9" s="119"/>
+      <c r="M9" s="79"/>
+      <c r="N9" s="79"/>
+      <c r="O9" s="79"/>
     </row>
     <row r="10" spans="1:16" ht="25.5" customHeight="1">
       <c r="A10"/>
-      <c r="B10" s="110"/>
-[...5 lines deleted...]
-      <c r="H10" s="113"/>
+      <c r="B10" s="78"/>
+      <c r="C10" s="78"/>
+      <c r="D10" s="78"/>
+      <c r="E10" s="89"/>
+      <c r="F10" s="89"/>
+      <c r="G10" s="89"/>
+      <c r="H10" s="89"/>
       <c r="I10" s="9"/>
-      <c r="J10" s="111"/>
-[...4 lines deleted...]
-      <c r="O10" s="113"/>
+      <c r="J10" s="98"/>
+      <c r="K10" s="78"/>
+      <c r="L10" s="89"/>
+      <c r="M10" s="89"/>
+      <c r="N10" s="89"/>
+      <c r="O10" s="89"/>
     </row>
     <row r="11" spans="1:16" ht="29.25" customHeight="1">
       <c r="A11"/>
-      <c r="B11" s="84" t="s">
+      <c r="B11" s="87" t="s">
         <v>70</v>
       </c>
-      <c r="C11" s="84"/>
-[...4 lines deleted...]
-      <c r="H11" s="117"/>
+      <c r="C11" s="87"/>
+      <c r="D11" s="87"/>
+      <c r="E11" s="101"/>
+      <c r="F11" s="101"/>
+      <c r="G11" s="101"/>
+      <c r="H11" s="101"/>
       <c r="I11" s="9"/>
-      <c r="J11" s="110" t="s">
+      <c r="J11" s="78" t="s">
         <v>43</v>
       </c>
-      <c r="K11" s="110"/>
-      <c r="L11" s="114">
+      <c r="K11" s="78"/>
+      <c r="L11" s="100">
         <f>' Team Roster Tab'!G9</f>
         <v>0</v>
       </c>
-      <c r="M11" s="114"/>
-[...3 lines deleted...]
-    <row r="12" spans="1:16" ht="19.2" customHeight="1">
+      <c r="M11" s="100"/>
+      <c r="N11" s="100"/>
+      <c r="O11" s="100"/>
+    </row>
+    <row r="12" spans="1:16" ht="19.149999999999999" customHeight="1">
       <c r="A12"/>
       <c r="B12" s="9"/>
       <c r="C12" s="9"/>
       <c r="D12" s="9"/>
       <c r="E12" s="9"/>
       <c r="F12" s="9"/>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
-      <c r="J12" s="79" t="s">
+      <c r="J12" s="103" t="s">
         <v>59</v>
       </c>
-      <c r="K12" s="79"/>
-[...3 lines deleted...]
-      <c r="O12" s="79"/>
+      <c r="K12" s="103"/>
+      <c r="L12" s="103"/>
+      <c r="M12" s="103"/>
+      <c r="N12" s="103"/>
+      <c r="O12" s="103"/>
     </row>
     <row r="13" spans="1:16" ht="17.25" customHeight="1" thickBot="1">
       <c r="A13"/>
       <c r="B13" s="9"/>
       <c r="C13" s="9"/>
       <c r="D13" s="9"/>
       <c r="E13" s="9"/>
       <c r="F13" s="9"/>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="9"/>
       <c r="K13" s="9"/>
       <c r="L13" s="9"/>
       <c r="M13" s="9"/>
       <c r="N13" s="9"/>
       <c r="O13" s="9"/>
     </row>
     <row r="14" spans="1:16" ht="33" customHeight="1" thickBot="1">
       <c r="A14"/>
-      <c r="B14" s="84" t="s">
+      <c r="B14" s="87" t="s">
         <v>150</v>
       </c>
-      <c r="C14" s="84"/>
-[...2 lines deleted...]
-      <c r="F14" s="126" t="str">
+      <c r="C14" s="87"/>
+      <c r="D14" s="87"/>
+      <c r="E14" s="87"/>
+      <c r="F14" s="88" t="str">
         <f>IF(F16&lt;=0,"",VLOOKUP(F16,F24:P33,11,FALSE))</f>
         <v/>
       </c>
-      <c r="G14" s="126"/>
-[...3 lines deleted...]
-      <c r="K14" s="126"/>
+      <c r="G14" s="88"/>
+      <c r="H14" s="88"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="88"/>
+      <c r="K14" s="88"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
-      <c r="N14" s="90" t="s">
+      <c r="N14" s="112" t="s">
         <v>24</v>
       </c>
-      <c r="O14" s="91"/>
+      <c r="O14" s="113"/>
       <c r="P14" s="35"/>
     </row>
-    <row r="15" spans="1:16" ht="19.05" customHeight="1">
+    <row r="15" spans="1:16" ht="19.149999999999999" customHeight="1">
       <c r="A15"/>
       <c r="B15" s="9"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="9"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
       <c r="L15" s="9"/>
       <c r="M15" s="9"/>
-      <c r="N15" s="92">
+      <c r="N15" s="114">
         <f>F34</f>
         <v>0</v>
       </c>
-      <c r="O15" s="93"/>
+      <c r="O15" s="115"/>
     </row>
     <row r="16" spans="1:16" ht="17.25" customHeight="1">
       <c r="A16"/>
-      <c r="B16" s="84" t="s">
+      <c r="B16" s="87" t="s">
         <v>37</v>
       </c>
-      <c r="C16" s="84"/>
-[...2 lines deleted...]
-      <c r="F16" s="118">
+      <c r="C16" s="87"/>
+      <c r="D16" s="87"/>
+      <c r="E16" s="87"/>
+      <c r="F16" s="90">
         <f>LARGE(F24:F33,1)</f>
         <v>0</v>
       </c>
-      <c r="G16" s="118"/>
+      <c r="G16" s="90"/>
       <c r="H16" s="9"/>
       <c r="I16" s="9"/>
       <c r="J16" s="9"/>
       <c r="K16" s="9"/>
       <c r="L16" s="9"/>
       <c r="M16" s="9"/>
-      <c r="N16" s="94"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:30" ht="10.050000000000001" customHeight="1">
+      <c r="N16" s="116"/>
+      <c r="O16" s="117"/>
+    </row>
+    <row r="17" spans="1:30" ht="10.15" customHeight="1">
       <c r="A17"/>
       <c r="B17" s="9"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="9"/>
       <c r="F17" s="9"/>
       <c r="G17" s="9"/>
       <c r="H17" s="9"/>
       <c r="I17" s="9"/>
       <c r="J17" s="9"/>
       <c r="K17" s="9"/>
       <c r="L17" s="9"/>
       <c r="M17" s="9"/>
-      <c r="N17" s="94"/>
-      <c r="O17" s="95"/>
+      <c r="N17" s="116"/>
+      <c r="O17" s="117"/>
     </row>
     <row r="18" spans="1:30" ht="17.25" customHeight="1">
       <c r="A18"/>
-      <c r="B18" s="84" t="s">
+      <c r="B18" s="87" t="s">
         <v>69</v>
       </c>
-      <c r="C18" s="84"/>
-[...1 lines deleted...]
-      <c r="E18" s="84"/>
+      <c r="C18" s="87"/>
+      <c r="D18" s="87"/>
+      <c r="E18" s="87"/>
       <c r="F18" s="28">
         <f>COUNTA(' Team Roster Tab'!D13:D22)</f>
         <v>0</v>
       </c>
       <c r="G18" s="9"/>
       <c r="H18" s="12" t="s">
         <v>40</v>
       </c>
       <c r="I18" s="19">
         <f>COUNTIF(' Team Roster Tab'!E13:E22,"Male")</f>
         <v>0</v>
       </c>
       <c r="J18" s="12"/>
       <c r="K18" s="12" t="s">
         <v>41</v>
       </c>
       <c r="L18" s="19">
         <f>COUNTIF(' Team Roster Tab'!E13:E22,"Female")</f>
         <v>0</v>
       </c>
       <c r="M18" s="9"/>
-      <c r="N18" s="94"/>
-      <c r="O18" s="95"/>
+      <c r="N18" s="116"/>
+      <c r="O18" s="117"/>
     </row>
     <row r="19" spans="1:30" ht="17.25" customHeight="1" thickBot="1">
       <c r="A19"/>
       <c r="B19" s="9"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
       <c r="F19" s="9"/>
       <c r="G19" s="9"/>
       <c r="H19" s="9"/>
       <c r="I19" s="9"/>
       <c r="J19" s="9"/>
       <c r="K19" s="9"/>
       <c r="L19" s="9"/>
       <c r="M19" s="9"/>
-      <c r="N19" s="96"/>
-      <c r="O19" s="97"/>
+      <c r="N19" s="118"/>
+      <c r="O19" s="119"/>
     </row>
     <row r="20" spans="1:30" ht="17.25" customHeight="1" thickTop="1">
       <c r="A20"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9"/>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9"/>
       <c r="G20" s="9"/>
       <c r="H20" s="9"/>
       <c r="I20" s="9"/>
       <c r="J20" s="9"/>
       <c r="K20" s="9"/>
       <c r="L20" s="9"/>
       <c r="M20" s="9"/>
-      <c r="N20" s="98" t="s">
+      <c r="N20" s="120" t="s">
         <v>73</v>
       </c>
-      <c r="O20" s="99"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:30" s="2" customFormat="1" ht="13.05" customHeight="1" thickBot="1">
+      <c r="O20" s="121"/>
+    </row>
+    <row r="21" spans="1:30" s="2" customFormat="1" ht="13.15" customHeight="1" thickBot="1">
       <c r="A21"/>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="7"/>
       <c r="E21" s="6"/>
       <c r="F21" s="8"/>
       <c r="G21"/>
       <c r="H21"/>
       <c r="I21"/>
       <c r="J21"/>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21"/>
     </row>
-    <row r="22" spans="1:30" ht="25.05" customHeight="1">
+    <row r="22" spans="1:30" ht="25.15" customHeight="1">
       <c r="A22"/>
-      <c r="B22" s="81" t="s">
+      <c r="B22" s="104" t="s">
         <v>12</v>
       </c>
-      <c r="C22" s="82"/>
-[...1 lines deleted...]
-      <c r="E22" s="83"/>
+      <c r="C22" s="105"/>
+      <c r="D22" s="105"/>
+      <c r="E22" s="106"/>
       <c r="F22" s="36"/>
       <c r="G22" s="36" t="s">
         <v>13</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>14</v>
       </c>
       <c r="I22" s="36" t="s">
         <v>15</v>
       </c>
       <c r="J22" s="36" t="s">
         <v>16</v>
       </c>
       <c r="K22" s="36" t="s">
         <v>17</v>
       </c>
       <c r="L22" s="36" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="36" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="36" t="s">
         <v>20</v>
       </c>
-      <c r="O22" s="100" t="s">
+      <c r="O22" s="122" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="23" spans="1:30" ht="25.05" customHeight="1" thickBot="1">
+    <row r="23" spans="1:30" ht="25.15" customHeight="1" thickBot="1">
       <c r="A23"/>
       <c r="B23" s="37" t="s">
         <v>22</v>
       </c>
-      <c r="C23" s="125" t="s">
+      <c r="C23" s="86" t="s">
         <v>23</v>
       </c>
-      <c r="D23" s="125"/>
-      <c r="E23" s="125"/>
+      <c r="D23" s="86"/>
+      <c r="E23" s="86"/>
       <c r="F23" s="38" t="s">
         <v>21</v>
       </c>
       <c r="G23" s="39">
         <v>46090</v>
       </c>
       <c r="H23" s="39">
         <v>46097</v>
       </c>
       <c r="I23" s="39">
         <v>46104</v>
       </c>
       <c r="J23" s="39">
         <v>46111</v>
       </c>
       <c r="K23" s="39">
         <v>46118</v>
       </c>
       <c r="L23" s="39">
         <v>46125</v>
       </c>
       <c r="M23" s="39">
         <v>46132</v>
       </c>
       <c r="N23" s="39">
         <v>46139</v>
       </c>
-      <c r="O23" s="101"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:30" ht="25.05" customHeight="1" thickTop="1">
+      <c r="O23" s="123"/>
+    </row>
+    <row r="24" spans="1:30" ht="25.15" customHeight="1" thickTop="1">
       <c r="A24"/>
       <c r="B24" s="53" t="s">
         <v>1</v>
       </c>
-      <c r="C24" s="124" t="str">
+      <c r="C24" s="84" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C13,", ",' Team Roster Tab'!D13)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D24" s="124"/>
-      <c r="E24" s="124"/>
+      <c r="D24" s="84"/>
+      <c r="E24" s="84"/>
       <c r="F24" s="57">
         <f t="shared" ref="F24:F33" si="0">SUM(G24:N24)</f>
         <v>0</v>
       </c>
       <c r="G24" s="54"/>
       <c r="H24" s="54"/>
       <c r="I24" s="54"/>
       <c r="J24" s="54"/>
       <c r="K24" s="54"/>
       <c r="L24" s="54"/>
       <c r="M24" s="54"/>
       <c r="N24" s="54"/>
       <c r="O24" s="29" t="str">
         <f>IF(F24 =0," ",AVERAGE(G24:N24))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P24" t="str">
         <f>C24</f>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q24" s="31"/>
       <c r="AD24" s="11"/>
     </row>
-    <row r="25" spans="1:30" ht="25.05" customHeight="1">
+    <row r="25" spans="1:30" ht="25.15" customHeight="1">
       <c r="A25"/>
       <c r="B25" s="49" t="s">
         <v>2</v>
       </c>
-      <c r="C25" s="115" t="str">
+      <c r="C25" s="85" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C14,", ",' Team Roster Tab'!D14)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D25" s="115"/>
-      <c r="E25" s="115"/>
+      <c r="D25" s="85"/>
+      <c r="E25" s="85"/>
       <c r="F25" s="58">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G25" s="50"/>
       <c r="H25" s="50"/>
       <c r="I25" s="50"/>
       <c r="J25" s="50"/>
       <c r="K25" s="50"/>
       <c r="L25" s="50"/>
       <c r="M25" s="50"/>
       <c r="N25" s="50"/>
       <c r="O25" s="18" t="str">
         <f t="shared" ref="O25:O33" si="1">IF(F25 =0," ",AVERAGE(G25:N25))</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P25" t="str">
         <f t="shared" ref="P25:P33" si="2">C25</f>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q25" s="31"/>
       <c r="AD25" s="11"/>
     </row>
-    <row r="26" spans="1:30" ht="25.05" customHeight="1">
+    <row r="26" spans="1:30" ht="25.15" customHeight="1">
       <c r="A26"/>
       <c r="B26" s="55" t="s">
         <v>3</v>
       </c>
-      <c r="C26" s="124" t="str">
+      <c r="C26" s="84" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C15,", ",' Team Roster Tab'!D15)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D26" s="124"/>
-      <c r="E26" s="124"/>
+      <c r="D26" s="84"/>
+      <c r="E26" s="84"/>
       <c r="F26" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G26" s="56"/>
       <c r="H26" s="56"/>
       <c r="I26" s="56"/>
       <c r="J26" s="56"/>
       <c r="K26" s="56"/>
       <c r="L26" s="56"/>
       <c r="M26" s="56"/>
       <c r="N26" s="56"/>
       <c r="O26" s="29" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P26" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q26" s="31"/>
       <c r="AD26" s="11"/>
     </row>
-    <row r="27" spans="1:30" ht="25.05" customHeight="1">
+    <row r="27" spans="1:30" ht="25.15" customHeight="1">
       <c r="A27"/>
       <c r="B27" s="49" t="s">
         <v>4</v>
       </c>
-      <c r="C27" s="115" t="str">
+      <c r="C27" s="85" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C16,", ",' Team Roster Tab'!D16)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D27" s="115"/>
-      <c r="E27" s="115"/>
+      <c r="D27" s="85"/>
+      <c r="E27" s="85"/>
       <c r="F27" s="58">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G27" s="50"/>
       <c r="H27" s="50"/>
       <c r="I27" s="50"/>
       <c r="J27" s="50"/>
       <c r="K27" s="50"/>
       <c r="L27" s="50"/>
       <c r="M27" s="50"/>
       <c r="N27" s="50"/>
       <c r="O27" s="18" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P27" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q27" s="31"/>
       <c r="AD27" s="11"/>
     </row>
-    <row r="28" spans="1:30" ht="25.05" customHeight="1">
+    <row r="28" spans="1:30" ht="25.15" customHeight="1">
       <c r="A28"/>
       <c r="B28" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="C28" s="124" t="str">
+      <c r="C28" s="84" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C17,", ",' Team Roster Tab'!D17)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D28" s="124"/>
-      <c r="E28" s="124"/>
+      <c r="D28" s="84"/>
+      <c r="E28" s="84"/>
       <c r="F28" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G28" s="56"/>
       <c r="H28" s="56"/>
       <c r="I28" s="56"/>
       <c r="J28" s="56"/>
       <c r="K28" s="56"/>
       <c r="L28" s="56"/>
       <c r="M28" s="56"/>
       <c r="N28" s="56"/>
       <c r="O28" s="29" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P28" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q28" s="31"/>
       <c r="AD28" s="11"/>
     </row>
-    <row r="29" spans="1:30" ht="25.05" customHeight="1">
+    <row r="29" spans="1:30" ht="25.15" customHeight="1">
       <c r="A29"/>
       <c r="B29" s="49" t="s">
         <v>6</v>
       </c>
-      <c r="C29" s="115" t="str">
+      <c r="C29" s="85" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C18,", ",' Team Roster Tab'!D18)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D29" s="115"/>
-      <c r="E29" s="115"/>
+      <c r="D29" s="85"/>
+      <c r="E29" s="85"/>
       <c r="F29" s="58">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G29" s="50"/>
       <c r="H29" s="50"/>
       <c r="I29" s="50"/>
       <c r="J29" s="50"/>
       <c r="K29" s="50"/>
       <c r="L29" s="50"/>
       <c r="M29" s="50"/>
       <c r="N29" s="50"/>
       <c r="O29" s="18" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P29" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q29" s="31"/>
       <c r="AD29" s="11"/>
     </row>
-    <row r="30" spans="1:30" ht="25.05" customHeight="1">
+    <row r="30" spans="1:30" ht="25.15" customHeight="1">
       <c r="A30"/>
       <c r="B30" s="55" t="s">
         <v>7</v>
       </c>
-      <c r="C30" s="124" t="str">
+      <c r="C30" s="84" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C19,", ",' Team Roster Tab'!D19)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D30" s="124"/>
-      <c r="E30" s="124"/>
+      <c r="D30" s="84"/>
+      <c r="E30" s="84"/>
       <c r="F30" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G30" s="56"/>
       <c r="H30" s="56"/>
       <c r="I30" s="56"/>
       <c r="J30" s="56"/>
       <c r="K30" s="56"/>
       <c r="L30" s="56"/>
       <c r="M30" s="56"/>
       <c r="N30" s="56"/>
       <c r="O30" s="29" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P30" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q30" s="31"/>
       <c r="AD30" s="11"/>
     </row>
-    <row r="31" spans="1:30" ht="25.05" customHeight="1">
+    <row r="31" spans="1:30" ht="25.15" customHeight="1">
       <c r="A31"/>
       <c r="B31" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="115" t="str">
+      <c r="C31" s="85" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C20,", ",' Team Roster Tab'!D20)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D31" s="115"/>
-      <c r="E31" s="115"/>
+      <c r="D31" s="85"/>
+      <c r="E31" s="85"/>
       <c r="F31" s="58">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G31" s="50"/>
       <c r="H31" s="50"/>
       <c r="I31" s="50"/>
       <c r="J31" s="50"/>
       <c r="K31" s="50"/>
       <c r="L31" s="50"/>
       <c r="M31" s="50"/>
       <c r="N31" s="50"/>
       <c r="O31" s="18" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P31" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q31" s="31"/>
       <c r="AD31" s="11"/>
     </row>
-    <row r="32" spans="1:30" ht="25.05" customHeight="1">
+    <row r="32" spans="1:30" ht="25.15" customHeight="1">
       <c r="A32"/>
       <c r="B32" s="55" t="s">
         <v>9</v>
       </c>
-      <c r="C32" s="124" t="str">
+      <c r="C32" s="84" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C21,", ",' Team Roster Tab'!D21)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D32" s="124"/>
-      <c r="E32" s="124"/>
+      <c r="D32" s="84"/>
+      <c r="E32" s="84"/>
       <c r="F32" s="59">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G32" s="56"/>
       <c r="H32" s="56"/>
       <c r="I32" s="56"/>
       <c r="J32" s="56"/>
       <c r="K32" s="56"/>
       <c r="L32" s="56"/>
       <c r="M32" s="56"/>
       <c r="N32" s="56"/>
       <c r="O32" s="29" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P32" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q32" s="31"/>
       <c r="AD32" s="11"/>
     </row>
-    <row r="33" spans="1:30" ht="25.05" customHeight="1" thickBot="1">
+    <row r="33" spans="1:30" ht="25.15" customHeight="1" thickBot="1">
       <c r="A33"/>
       <c r="B33" s="51" t="s">
         <v>10</v>
       </c>
-      <c r="C33" s="115" t="str">
+      <c r="C33" s="85" t="str">
         <f>CONCATENATE(' Team Roster Tab'!C22,", ",' Team Roster Tab'!D22)</f>
         <v xml:space="preserve">, </v>
       </c>
-      <c r="D33" s="115"/>
-      <c r="E33" s="115"/>
+      <c r="D33" s="85"/>
+      <c r="E33" s="85"/>
       <c r="F33" s="60">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G33" s="52"/>
       <c r="H33" s="52"/>
       <c r="I33" s="52"/>
       <c r="J33" s="52"/>
       <c r="K33" s="52"/>
       <c r="L33" s="52"/>
       <c r="M33" s="52"/>
       <c r="N33" s="52"/>
       <c r="O33" s="18" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="P33" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve">, </v>
       </c>
       <c r="Q33" s="31"/>
       <c r="AD33" s="11"/>
     </row>
-    <row r="34" spans="1:30" ht="25.05" customHeight="1" thickTop="1">
+    <row r="34" spans="1:30" ht="25.15" customHeight="1" thickTop="1">
       <c r="A34"/>
-      <c r="B34" s="120" t="s">
+      <c r="B34" s="80" t="s">
         <v>24</v>
       </c>
-      <c r="C34" s="121"/>
-[...1 lines deleted...]
-      <c r="E34" s="121"/>
+      <c r="C34" s="81"/>
+      <c r="D34" s="81"/>
+      <c r="E34" s="81"/>
       <c r="F34" s="59">
         <f>SUM(F24:F33)</f>
         <v>0</v>
       </c>
       <c r="G34" s="59">
         <f t="shared" ref="G34:N34" si="3">SUM(G24:G33)</f>
         <v>0</v>
       </c>
       <c r="H34" s="59">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I34" s="59">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J34" s="59">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K34" s="59">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="L34" s="59">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="M34" s="59">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N34" s="62">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="O34" s="103"/>
+      <c r="O34" s="125"/>
       <c r="AD34" s="11"/>
     </row>
-    <row r="35" spans="1:30" ht="25.05" customHeight="1">
+    <row r="35" spans="1:30" ht="25.15" customHeight="1">
       <c r="A35"/>
-      <c r="B35" s="122" t="s">
+      <c r="B35" s="82" t="s">
         <v>42</v>
       </c>
-      <c r="C35" s="123"/>
-[...1 lines deleted...]
-      <c r="E35" s="123"/>
+      <c r="C35" s="83"/>
+      <c r="D35" s="83"/>
+      <c r="E35" s="83"/>
       <c r="F35" s="61">
         <f>F34/2000</f>
         <v>0</v>
       </c>
       <c r="G35" s="61">
         <f t="shared" ref="G35:N35" si="4">G34/2000</f>
         <v>0</v>
       </c>
       <c r="H35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="I35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="J35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="K35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="L35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="M35" s="61">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
       <c r="N35" s="63">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="O35" s="104"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:30" ht="25.05" customHeight="1" thickBot="1">
+      <c r="O35" s="126"/>
+    </row>
+    <row r="36" spans="1:30" ht="25.15" customHeight="1" thickBot="1">
       <c r="A36"/>
-      <c r="B36" s="102" t="s">
+      <c r="B36" s="124" t="s">
         <v>68</v>
       </c>
-      <c r="C36" s="102"/>
-[...1 lines deleted...]
-      <c r="E36" s="102"/>
+      <c r="C36" s="124"/>
+      <c r="D36" s="124"/>
+      <c r="E36" s="124"/>
       <c r="F36" s="30"/>
       <c r="G36" s="64">
         <f>COUNTA(G24:G33)</f>
         <v>0</v>
       </c>
       <c r="H36" s="64">
         <f t="shared" ref="H36:N36" si="5">COUNTA(H24:H33)</f>
         <v>0</v>
       </c>
       <c r="I36" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J36" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K36" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="L36" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="M36" s="64">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="N36" s="65">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
-      <c r="O36" s="104"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:30" ht="25.05" customHeight="1" thickBot="1">
+      <c r="O36" s="126"/>
+    </row>
+    <row r="37" spans="1:30" ht="25.15" customHeight="1" thickBot="1">
       <c r="A37"/>
-      <c r="B37" s="86" t="s">
+      <c r="B37" s="108" t="s">
         <v>72</v>
       </c>
-      <c r="C37" s="87"/>
-[...1 lines deleted...]
-      <c r="E37" s="88"/>
+      <c r="C37" s="109"/>
+      <c r="D37" s="109"/>
+      <c r="E37" s="110"/>
       <c r="F37" s="40" t="str">
         <f>IF(AND(($F$18&gt;=1),($F$18&lt;=20)),F34/$F$18,"")</f>
         <v/>
       </c>
       <c r="G37" s="40" t="str">
         <f>IF(G34=0,"",AVERAGE(G24:G33))</f>
         <v/>
       </c>
       <c r="H37" s="40" t="str">
         <f t="shared" ref="H37:N37" si="6">IF(H34=0,"",AVERAGE(H24:H33))</f>
         <v/>
       </c>
       <c r="I37" s="40" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="J37" s="40" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="K37" s="40" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="L37" s="40" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="M37" s="40" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
       <c r="N37" s="41" t="str">
         <f t="shared" si="6"/>
         <v/>
       </c>
-      <c r="O37" s="104"/>
+      <c r="O37" s="126"/>
       <c r="AD37" s="11"/>
     </row>
-    <row r="38" spans="1:30" ht="25.05" customHeight="1">
+    <row r="38" spans="1:30" ht="25.15" customHeight="1">
       <c r="A38"/>
-      <c r="B38" s="89"/>
-[...2 lines deleted...]
-      <c r="E38" s="89"/>
+      <c r="B38" s="111"/>
+      <c r="C38" s="111"/>
+      <c r="D38" s="111"/>
+      <c r="E38" s="111"/>
       <c r="F38" s="16"/>
       <c r="G38" s="16"/>
       <c r="H38" s="16"/>
       <c r="I38" s="16"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
       <c r="M38" s="16"/>
       <c r="N38" s="16"/>
       <c r="O38" s="17"/>
     </row>
     <row r="39" spans="1:30" ht="16.5" customHeight="1"/>
     <row r="40" spans="1:30" ht="16.5" customHeight="1">
-      <c r="F40" s="107" t="s">
+      <c r="F40" s="94" t="s">
         <v>57</v>
       </c>
-      <c r="G40" s="107"/>
-[...3 lines deleted...]
-      <c r="K40" s="107"/>
+      <c r="G40" s="94"/>
+      <c r="H40" s="94"/>
+      <c r="I40" s="94"/>
+      <c r="J40" s="94"/>
+      <c r="K40" s="94"/>
     </row>
     <row r="41" spans="1:30" ht="16.5" customHeight="1"/>
     <row r="42" spans="1:30" ht="16.5" customHeight="1">
-      <c r="B42" s="80" t="s">
+      <c r="B42" s="95" t="s">
         <v>55</v>
       </c>
-      <c r="C42" s="80"/>
-[...11 lines deleted...]
-      <c r="O42" s="80"/>
+      <c r="C42" s="95"/>
+      <c r="D42" s="95"/>
+      <c r="E42" s="95"/>
+      <c r="F42" s="95"/>
+      <c r="G42" s="95"/>
+      <c r="H42" s="95"/>
+      <c r="I42" s="95"/>
+      <c r="J42" s="95"/>
+      <c r="K42" s="95"/>
+      <c r="L42" s="95"/>
+      <c r="M42" s="95"/>
+      <c r="N42" s="95"/>
+      <c r="O42" s="95"/>
     </row>
     <row r="43" spans="1:30" ht="16.5" customHeight="1">
-      <c r="B43" s="80" t="s">
+      <c r="B43" s="95" t="s">
         <v>56</v>
       </c>
-      <c r="C43" s="80"/>
-[...6 lines deleted...]
-      <c r="J43" s="80" t="s">
+      <c r="C43" s="95"/>
+      <c r="D43" s="95"/>
+      <c r="E43" s="95"/>
+      <c r="F43" s="107"/>
+      <c r="G43" s="107"/>
+      <c r="H43" s="107"/>
+      <c r="I43" s="107"/>
+      <c r="J43" s="95" t="s">
         <v>71</v>
       </c>
-      <c r="K43" s="80"/>
-      <c r="L43" s="80"/>
+      <c r="K43" s="95"/>
+      <c r="L43" s="95"/>
       <c r="M43" s="15"/>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
     </row>
     <row r="44" spans="1:30" ht="16.5" customHeight="1"/>
     <row r="45" spans="1:30" ht="16.5" customHeight="1">
-      <c r="B45" s="108" t="s">
+      <c r="B45" s="96" t="s">
         <v>74</v>
       </c>
-      <c r="C45" s="109"/>
-[...11 lines deleted...]
-      <c r="O45" s="109"/>
+      <c r="C45" s="97"/>
+      <c r="D45" s="97"/>
+      <c r="E45" s="97"/>
+      <c r="F45" s="97"/>
+      <c r="G45" s="97"/>
+      <c r="H45" s="97"/>
+      <c r="I45" s="97"/>
+      <c r="J45" s="97"/>
+      <c r="K45" s="97"/>
+      <c r="L45" s="97"/>
+      <c r="M45" s="97"/>
+      <c r="N45" s="97"/>
+      <c r="O45" s="97"/>
     </row>
     <row r="46" spans="1:30" ht="11.25" customHeight="1">
       <c r="B46" s="8"/>
       <c r="C46" s="14"/>
       <c r="D46" s="14"/>
       <c r="E46" s="14"/>
       <c r="F46" s="14"/>
       <c r="G46" s="14"/>
       <c r="H46" s="14"/>
       <c r="I46" s="14"/>
       <c r="J46" s="14"/>
       <c r="K46" s="14"/>
       <c r="L46" s="14"/>
       <c r="M46" s="14"/>
       <c r="N46" s="14"/>
       <c r="O46" s="14"/>
     </row>
     <row r="47" spans="1:30" ht="37.5" customHeight="1">
-      <c r="B47" s="106" t="s">
+      <c r="B47" s="93" t="s">
         <v>152</v>
       </c>
-      <c r="C47" s="106"/>
-[...11 lines deleted...]
-      <c r="O47" s="106"/>
+      <c r="C47" s="93"/>
+      <c r="D47" s="93"/>
+      <c r="E47" s="93"/>
+      <c r="F47" s="93"/>
+      <c r="G47" s="93"/>
+      <c r="H47" s="93"/>
+      <c r="I47" s="93"/>
+      <c r="J47" s="93"/>
+      <c r="K47" s="93"/>
+      <c r="L47" s="93"/>
+      <c r="M47" s="93"/>
+      <c r="N47" s="93"/>
+      <c r="O47" s="93"/>
     </row>
     <row r="48" spans="1:30" ht="25.5" customHeight="1">
-      <c r="B48" s="106"/>
-[...12 lines deleted...]
-      <c r="O48" s="106"/>
+      <c r="B48" s="93"/>
+      <c r="C48" s="93"/>
+      <c r="D48" s="93"/>
+      <c r="E48" s="93"/>
+      <c r="F48" s="93"/>
+      <c r="G48" s="93"/>
+      <c r="H48" s="93"/>
+      <c r="I48" s="93"/>
+      <c r="J48" s="93"/>
+      <c r="K48" s="93"/>
+      <c r="L48" s="93"/>
+      <c r="M48" s="93"/>
+      <c r="N48" s="93"/>
+      <c r="O48" s="93"/>
     </row>
     <row r="49" spans="2:15" ht="16.5" customHeight="1">
-      <c r="B49" s="106"/>
-[...12 lines deleted...]
-      <c r="O49" s="106"/>
+      <c r="B49" s="93"/>
+      <c r="C49" s="93"/>
+      <c r="D49" s="93"/>
+      <c r="E49" s="93"/>
+      <c r="F49" s="93"/>
+      <c r="G49" s="93"/>
+      <c r="H49" s="93"/>
+      <c r="I49" s="93"/>
+      <c r="J49" s="93"/>
+      <c r="K49" s="93"/>
+      <c r="L49" s="93"/>
+      <c r="M49" s="93"/>
+      <c r="N49" s="93"/>
+      <c r="O49" s="93"/>
     </row>
     <row r="50" spans="2:15" ht="16.5" customHeight="1">
-      <c r="B50" s="106"/>
-[...12 lines deleted...]
-      <c r="O50" s="106"/>
+      <c r="B50" s="93"/>
+      <c r="C50" s="93"/>
+      <c r="D50" s="93"/>
+      <c r="E50" s="93"/>
+      <c r="F50" s="93"/>
+      <c r="G50" s="93"/>
+      <c r="H50" s="93"/>
+      <c r="I50" s="93"/>
+      <c r="J50" s="93"/>
+      <c r="K50" s="93"/>
+      <c r="L50" s="93"/>
+      <c r="M50" s="93"/>
+      <c r="N50" s="93"/>
+      <c r="O50" s="93"/>
     </row>
     <row r="51" spans="2:15" ht="64.5" customHeight="1">
-      <c r="B51" s="106"/>
-[...12 lines deleted...]
-      <c r="O51" s="106"/>
+      <c r="B51" s="93"/>
+      <c r="C51" s="93"/>
+      <c r="D51" s="93"/>
+      <c r="E51" s="93"/>
+      <c r="F51" s="93"/>
+      <c r="G51" s="93"/>
+      <c r="H51" s="93"/>
+      <c r="I51" s="93"/>
+      <c r="J51" s="93"/>
+      <c r="K51" s="93"/>
+      <c r="L51" s="93"/>
+      <c r="M51" s="93"/>
+      <c r="N51" s="93"/>
+      <c r="O51" s="93"/>
     </row>
     <row r="52" spans="2:15" ht="11.25" customHeight="1"/>
     <row r="53" spans="2:15" ht="36.75" customHeight="1">
-      <c r="B53" s="78" t="s">
+      <c r="B53" s="102" t="s">
         <v>76</v>
       </c>
-      <c r="C53" s="78"/>
-[...11 lines deleted...]
-      <c r="O53" s="78"/>
+      <c r="C53" s="102"/>
+      <c r="D53" s="102"/>
+      <c r="E53" s="102"/>
+      <c r="F53" s="102"/>
+      <c r="G53" s="102"/>
+      <c r="H53" s="102"/>
+      <c r="I53" s="102"/>
+      <c r="J53" s="102"/>
+      <c r="K53" s="102"/>
+      <c r="L53" s="102"/>
+      <c r="M53" s="102"/>
+      <c r="N53" s="102"/>
+      <c r="O53" s="102"/>
     </row>
     <row r="54" spans="2:15" ht="16.5" customHeight="1">
-      <c r="B54" s="105"/>
-[...12 lines deleted...]
-      <c r="O54" s="105"/>
+      <c r="B54" s="92"/>
+      <c r="C54" s="92"/>
+      <c r="D54" s="92"/>
+      <c r="E54" s="92"/>
+      <c r="F54" s="92"/>
+      <c r="G54" s="92"/>
+      <c r="H54" s="92"/>
+      <c r="I54" s="92"/>
+      <c r="J54" s="92"/>
+      <c r="K54" s="92"/>
+      <c r="L54" s="92"/>
+      <c r="M54" s="92"/>
+      <c r="N54" s="92"/>
+      <c r="O54" s="92"/>
     </row>
     <row r="55" spans="2:15" ht="16.5" customHeight="1"/>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="53">
+    <mergeCell ref="J12:O12"/>
+    <mergeCell ref="B43:E43"/>
+    <mergeCell ref="B22:E22"/>
+    <mergeCell ref="B18:E18"/>
+    <mergeCell ref="F43:I43"/>
+    <mergeCell ref="J43:L43"/>
+    <mergeCell ref="B37:E37"/>
+    <mergeCell ref="B38:E38"/>
+    <mergeCell ref="N14:O14"/>
+    <mergeCell ref="N15:O19"/>
+    <mergeCell ref="N20:O20"/>
+    <mergeCell ref="O22:O23"/>
+    <mergeCell ref="B36:E36"/>
+    <mergeCell ref="O34:O37"/>
+    <mergeCell ref="B54:O54"/>
+    <mergeCell ref="B47:O51"/>
+    <mergeCell ref="B1:O5"/>
+    <mergeCell ref="F40:K40"/>
+    <mergeCell ref="B42:O42"/>
+    <mergeCell ref="B45:O45"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="J10:K10"/>
+    <mergeCell ref="J11:K11"/>
+    <mergeCell ref="L8:O8"/>
+    <mergeCell ref="L10:O10"/>
+    <mergeCell ref="L11:O11"/>
+    <mergeCell ref="C33:E33"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="E11:H11"/>
+    <mergeCell ref="B53:O53"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="E10:H10"/>
+    <mergeCell ref="B16:E16"/>
+    <mergeCell ref="F16:G16"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="E9:H9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="L9:O9"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="C32:E32"/>
     <mergeCell ref="C25:E25"/>
     <mergeCell ref="C27:E27"/>
     <mergeCell ref="C29:E29"/>
     <mergeCell ref="C31:E31"/>
     <mergeCell ref="C23:E23"/>
     <mergeCell ref="C24:E24"/>
     <mergeCell ref="C26:E26"/>
     <mergeCell ref="C28:E28"/>
     <mergeCell ref="C30:E30"/>
     <mergeCell ref="B14:E14"/>
     <mergeCell ref="F14:K14"/>
-    <mergeCell ref="B9:D9"/>
-[...35 lines deleted...]
-    <mergeCell ref="O34:O37"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="55" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <ignoredErrors>
     <ignoredError sqref="B24:B33" numberStoredAsText="1"/>
     <ignoredError sqref="G34 G36 H36:N36 H34:N34 G37:N37" formulaRange="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
-  <dimension ref="B1:F96"/>
+  <dimension ref="B1:F97"/>
   <sheetViews>
-    <sheetView topLeftCell="A52" workbookViewId="0">
-      <selection activeCell="B88" sqref="B88"/>
+    <sheetView topLeftCell="A40" workbookViewId="0">
+      <selection activeCell="B69" sqref="B69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.6"/>
+  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="2.81640625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="2.453125" customWidth="1"/>
+    <col min="1" max="1" width="2.875" customWidth="1"/>
+    <col min="2" max="2" width="43.75" customWidth="1"/>
+    <col min="3" max="3" width="4.75" customWidth="1"/>
+    <col min="4" max="4" width="15.5" customWidth="1"/>
+    <col min="5" max="5" width="2.5" customWidth="1"/>
     <col min="6" max="6" width="14" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="13.2" thickBot="1">
+    <row r="1" spans="2:6" ht="13.5" thickBot="1">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>38</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="2" spans="2:6" ht="13.2" thickTop="1">
+    <row r="2" spans="2:6" ht="13.5" thickTop="1">
       <c r="B2" t="s">
         <v>77</v>
       </c>
       <c r="D2">
         <v>1</v>
       </c>
       <c r="F2" s="66">
         <v>44998</v>
       </c>
     </row>
     <row r="3" spans="2:6">
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="D3">
         <v>2</v>
       </c>
       <c r="F3" s="66">
         <v>45005</v>
       </c>
     </row>
     <row r="4" spans="2:6">
       <c r="B4" t="s">
         <v>78</v>
       </c>
@@ -5157,282 +5160,264 @@
         <v>75</v>
       </c>
     </row>
     <row r="56" spans="2:2">
       <c r="B56" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="57" spans="2:2">
       <c r="B57" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="58" spans="2:2">
       <c r="B58" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="59" spans="2:2">
       <c r="B59" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="60" spans="2:2">
       <c r="B60" t="s">
-        <v>31</v>
+        <v>154</v>
       </c>
     </row>
     <row r="61" spans="2:2">
       <c r="B61" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
     </row>
     <row r="62" spans="2:2">
       <c r="B62" t="s">
-        <v>123</v>
+        <v>60</v>
       </c>
     </row>
     <row r="63" spans="2:2">
       <c r="B63" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="64" spans="2:2">
       <c r="B64" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="65" spans="2:2">
       <c r="B65" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="2:2">
       <c r="B66" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="67" spans="2:2">
       <c r="B67" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="68" spans="2:2">
       <c r="B68" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="69" spans="2:2">
       <c r="B69" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="70" spans="2:2">
       <c r="B70" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="71" spans="2:2">
       <c r="B71" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="72" spans="2:2">
       <c r="B72" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="73" spans="2:2">
       <c r="B73" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="74" spans="2:2">
       <c r="B74" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="75" spans="2:2">
       <c r="B75" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="76" spans="2:2">
       <c r="B76" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="77" spans="2:2">
       <c r="B77" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="78" spans="2:2">
       <c r="B78" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="79" spans="2:2">
       <c r="B79" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="80" spans="2:2">
       <c r="B80" t="s">
-        <v>49</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="2:2">
       <c r="B81" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="82" spans="2:2">
       <c r="B82" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="83" spans="2:2">
       <c r="B83" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="84" spans="2:2">
       <c r="B84" t="s">
-        <v>141</v>
+        <v>52</v>
       </c>
     </row>
     <row r="85" spans="2:2">
       <c r="B85" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
     </row>
     <row r="86" spans="2:2">
       <c r="B86" t="s">
-        <v>142</v>
+        <v>53</v>
       </c>
     </row>
     <row r="87" spans="2:2">
       <c r="B87" t="s">
-        <v>61</v>
+        <v>142</v>
       </c>
     </row>
     <row r="88" spans="2:2">
       <c r="B88" t="s">
-        <v>148</v>
+        <v>61</v>
       </c>
     </row>
     <row r="89" spans="2:2">
       <c r="B89" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
     </row>
     <row r="90" spans="2:2">
       <c r="B90" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
     </row>
     <row r="91" spans="2:2">
       <c r="B91" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="92" spans="2:2">
       <c r="B92" t="s">
-        <v>32</v>
+        <v>144</v>
       </c>
     </row>
     <row r="93" spans="2:2">
       <c r="B93" t="s">
-        <v>145</v>
+        <v>32</v>
       </c>
     </row>
     <row r="94" spans="2:2">
       <c r="B94" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="95" spans="2:2">
       <c r="B95" t="s">
-        <v>33</v>
+        <v>146</v>
       </c>
     </row>
     <row r="96" spans="2:2">
       <c r="B96" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="97" spans="2:2">
+      <c r="B97" t="s">
         <v>147</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B2:B53">
     <sortCondition ref="B2:B53"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B g D A A B Q S w M E F A A C A A g A J m l G U J a p 7 C a o A A A A + A A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n L R h + Q j 7 K w q 0 k J k T j t q k V G q E Y W i x 3 c + G R v I I k i r p z O Z M 3 y Z v H 7 Q 7 F 1 L X e V Q 5 G 9 T p H A a b I k 1 r 0 R 6 X r H I 3 2 5 K e o Y L D l 4 s x r 6 c 2 w N t l k V I 4 a a y 8 Z I c 4 5 7 F a 4 H 2 o S U h q Q Q 7 m p R C M 7 7 i t t L N d C o s / q + H + F G O x f M i z E S Y y j O E l x l A Z A l h p K p b 9 I O B t j C u S n h P X Y 2 n G Q T G p / V w F Z I p D 3 C / Y E U E s D B B Q A A g A I A C Z p R l A P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A A m a U Z Q K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A A m a U Z Q l q n s J q g A A A D 4 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A J m l G U A / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 9 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A m a U Z Q K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D l A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A B A A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A M L S a D 1 F X f k e 7 N Q y A 0 I 2 n Y Q A A A A A C A A A A A A A D Z g A A w A A A A B A A A A C P U u O 0 a l a P k W S b w D / J 6 H T J A A A A A A S A A A C g A A A A E A A A A G j n Q / m T 1 q b B t C 0 P S Y H w g / t Q A A A A k 3 / m p R V Y a h 8 W d Q P R l Q f 6 9 E a r L G S T 4 y x J / s C A G 0 + + t 7 r S 3 p w K 0 x X / s N v f c + C D 8 F y y d I N I c 4 4 v v F / c k 6 y D Z O O 6 g u y P U X y r Y 8 t v q x H d M / h / T M M U A A A A O E V Z 0 Z s i n w C V F 6 M 9 S o g h p X o 4 b X k = < / D a t a M a s h u p > 
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C50CD8CB942D8940AA52FA02A6507929" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e2fa4225770f3832e4b58a92d501821f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="28eb0cfd-7818-4870-9e1b-af7214713535" xmlns:ns3="be4bdf9a-6ce4-4d3e-94c5-928f6a039da6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5270708cf2847fe947c9148db200e3cd" ns2:_="" ns3:_="">
     <xsd:import namespace="28eb0cfd-7818-4870-9e1b-af7214713535"/>
     <xsd:import namespace="be4bdf9a-6ce4-4d3e-94c5-928f6a039da6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -5595,92 +5580,115 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="28eb0cfd-7818-4870-9e1b-af7214713535">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="be4bdf9a-6ce4-4d3e-94c5-928f6a039da6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B g D A A B Q S w M E F A A C A A g A J m l G U J a p 7 C a o A A A A + A A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n L R h + Q j 7 K w q 0 k J k T j t q k V G q E Y W i x 3 c + G R v I I k i r p z O Z M 3 y Z v H 7 Q 7 F 1 L X e V Q 5 G 9 T p H A a b I k 1 r 0 R 6 X r H I 3 2 5 K e o Y L D l 4 s x r 6 c 2 w N t l k V I 4 a a y 8 Z I c 4 5 7 F a 4 H 2 o S U h q Q Q 7 m p R C M 7 7 i t t L N d C o s / q + H + F G O x f M i z E S Y y j O E l x l A Z A l h p K p b 9 I O B t j C u S n h P X Y 2 n G Q T G p / V w F Z I p D 3 C / Y E U E s D B B Q A A g A I A C Z p R l A P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A A m a U Z Q K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A A m a U Z Q l q n s J q g A A A D 4 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A J m l G U A / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 9 A A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A A m a U Z Q K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D l A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A B A A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A M L S a D 1 F X f k e 7 N Q y A 0 I 2 n Y Q A A A A A C A A A A A A A D Z g A A w A A A A B A A A A C P U u O 0 a l a P k W S b w D / J 6 H T J A A A A A A S A A A C g A A A A E A A A A G j n Q / m T 1 q b B t C 0 P S Y H w g / t Q A A A A k 3 / m p R V Y a h 8 W d Q P R l Q f 6 9 E a r L G S T 4 y x J / s C A G 0 + + t 7 r S 3 p w K 0 x X / s N v f c + C D 8 F y y d I N I c 4 4 v v F / c k 6 y D Z O O 6 g u y P U X y r Y 8 t v q x H d M / h / T M M U A A A A O E V Z 0 Z s i n w C V F 6 M 9 S o g h p X o 4 b X k = < / D a t a M a s h u p > 
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0012D6A8-43ED-4572-A588-656F50777549}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="28eb0cfd-7818-4870-9e1b-af7214713535"/>
     <ds:schemaRef ds:uri="be4bdf9a-6ce4-4d3e-94c5-928f6a039da6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4942ACDD-F771-4E2C-9614-E2B708B6ED36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EDE80F2-0C15-4224-B06B-84CFD4818874}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="28eb0cfd-7818-4870-9e1b-af7214713535"/>
+    <ds:schemaRef ds:uri="be4bdf9a-6ce4-4d3e-94c5-928f6a039da6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BBCFE5B5-DD6B-43C3-84FB-D778CF102E89}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>